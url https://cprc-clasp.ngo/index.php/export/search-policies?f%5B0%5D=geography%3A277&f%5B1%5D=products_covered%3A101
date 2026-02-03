--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,614 +12,801 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
+    <t>http://www.environment.gov.mv/v2/en/news/7964</t>
+  </si>
+  <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -883,1519 +1070,1720 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N33"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2007</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...5 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H8">
+        <v>2000</v>
+      </c>
+      <c r="I8">
+        <v>2009</v>
+      </c>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1997</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>51</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1989</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="M12" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>52</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...2 lines deleted...]
-      <c r="H3">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2013</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>120</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>121</v>
+      </c>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>60</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>128</v>
+      </c>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>70</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>134</v>
+      </c>
+      <c r="M16" t="s">
+        <v>72</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>60</v>
+      </c>
+      <c r="G17" t="s">
+        <v>139</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>140</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>141</v>
+      </c>
+      <c r="M17" t="s">
+        <v>122</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>60</v>
+      </c>
+      <c r="G18" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18">
+        <v>2023</v>
+      </c>
+      <c r="I18">
+        <v>2024</v>
+      </c>
+      <c r="J18" t="s">
+        <v>146</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>53</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H19">
+        <v>1990</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>70</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>152</v>
+      </c>
+      <c r="M19" t="s">
+        <v>153</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" t="s">
+        <v>158</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>60</v>
+      </c>
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="L3" t="s">
-[...10 lines deleted...]
-      <c r="A4" t="s">
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>159</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>160</v>
+      </c>
+      <c r="M20" t="s">
+        <v>161</v>
+      </c>
+      <c r="N20" t="s">
+        <v>162</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>167</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F21" t="s">
+        <v>60</v>
+      </c>
+      <c r="G21" t="s">
+        <v>61</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>168</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>169</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>170</v>
+      </c>
+      <c r="P21" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" t="s">
+        <v>173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>77</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>51</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2002</v>
+      </c>
+      <c r="I22">
+        <v>2006</v>
+      </c>
+      <c r="J22" t="s">
+        <v>78</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>79</v>
+      </c>
+      <c r="M22" t="s">
+        <v>80</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>174</v>
+      </c>
+      <c r="P22" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C23" t="s">
+        <v>77</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>51</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2004</v>
+      </c>
+      <c r="J23" t="s">
+        <v>78</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>79</v>
+      </c>
+      <c r="M23" t="s">
+        <v>80</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>178</v>
+      </c>
+      <c r="P23" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" t="s">
+        <v>181</v>
+      </c>
+      <c r="E24" t="s">
+        <v>59</v>
+      </c>
+      <c r="F24" t="s">
+        <v>182</v>
+      </c>
+      <c r="G24" t="s">
+        <v>52</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>183</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>184</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>185</v>
+      </c>
+      <c r="P24" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>187</v>
+      </c>
+      <c r="C25" t="s">
+        <v>85</v>
+      </c>
+      <c r="D25" t="s">
+        <v>181</v>
+      </c>
+      <c r="E25" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F25" t="s">
+        <v>182</v>
+      </c>
+      <c r="G25" t="s">
+        <v>52</v>
+      </c>
+      <c r="H25">
+        <v>2021</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>183</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>184</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>189</v>
+      </c>
+      <c r="B26" t="s">
+        <v>190</v>
+      </c>
+      <c r="C26" t="s">
+        <v>49</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>52</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>191</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>192</v>
+      </c>
+      <c r="M26" t="s">
+        <v>53</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>195</v>
+      </c>
+      <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>32</v>
+      </c>
+      <c r="F27" t="s">
         <v>33</v>
       </c>
-      <c r="C4" t="s">
-[...363 lines deleted...]
-      <c r="K12" t="s">
+      <c r="G27" t="s">
         <v>22</v>
-      </c>
-[...624 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
-      <c r="I27" t="s">
-        <v>63</v>
+      <c r="I27">
+        <v>2012</v>
       </c>
       <c r="J27" t="s">
+        <v>78</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>80</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>197</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>198</v>
+      </c>
+      <c r="B28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C28" t="s">
+        <v>100</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>32</v>
+      </c>
+      <c r="F28" t="s">
+        <v>60</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>62</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>200</v>
+      </c>
+      <c r="M28" t="s">
+        <v>103</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>204</v>
+      </c>
+      <c r="C29" t="s">
+        <v>40</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>51</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>43</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>205</v>
+      </c>
+      <c r="M29" t="s">
+        <v>44</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>206</v>
+      </c>
+      <c r="P29" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>208</v>
+      </c>
+      <c r="B30" t="s">
+        <v>209</v>
+      </c>
+      <c r="C30" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>32</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2007</v>
+      </c>
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>210</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>211</v>
+      </c>
+      <c r="M30" t="s">
+        <v>212</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>213</v>
+      </c>
+      <c r="P30" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>215</v>
+      </c>
+      <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" t="s">
+        <v>181</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>51</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1997</v>
+      </c>
+      <c r="I31">
+        <v>2022</v>
+      </c>
+      <c r="J31" t="s">
+        <v>86</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>217</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>218</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>220</v>
+      </c>
+      <c r="B32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C32" t="s">
+        <v>127</v>
+      </c>
+      <c r="D32" t="s">
+        <v>222</v>
+      </c>
+      <c r="E32" t="s">
+        <v>32</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K27"/>
-[...29 lines deleted...]
-      <c r="G28">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32">
+        <v>2016</v>
+      </c>
+      <c r="J32" t="s">
+        <v>140</v>
+      </c>
+      <c r="K32" t="s">
+        <v>223</v>
+      </c>
+      <c r="L32" t="s">
+        <v>224</v>
+      </c>
+      <c r="M32" t="s">
+        <v>225</v>
+      </c>
+      <c r="N32" t="s">
+        <v>226</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>229</v>
+      </c>
+      <c r="B33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C33" t="s">
+        <v>100</v>
+      </c>
+      <c r="D33" t="s">
+        <v>231</v>
+      </c>
+      <c r="E33" t="s">
+        <v>32</v>
+      </c>
+      <c r="F33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2011</v>
       </c>
-      <c r="H28">
-[...217 lines deleted...]
-      <c r="H33">
+      <c r="I33">
         <v>2017</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>164</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K33" t="s">
+        <v>223</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>167</v>
+        <v>232</v>
       </c>
       <c r="N33" t="s">
-        <v>172</v>
+        <v>226</v>
+      </c>
+      <c r="O33" t="s">
+        <v>233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>234</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>