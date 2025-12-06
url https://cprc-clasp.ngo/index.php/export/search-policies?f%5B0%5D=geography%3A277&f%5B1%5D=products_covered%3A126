--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,754 +12,1048 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-012. Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-012-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1023,2293 +1317,2600 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N51"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="216" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1979</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1990</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...88 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
         <v>41</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
-[...51 lines deleted...]
-        <v>2012</v>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
         <v>46</v>
       </c>
-      <c r="J6" t="s">
-[...8 lines deleted...]
-      <c r="M6" t="s">
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...7 lines deleted...]
-      <c r="B7" t="s">
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>46</v>
+      </c>
+      <c r="N8" t="s">
+        <v>72</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>57</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>65</v>
+      </c>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2002</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>43</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>87</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" t="s">
+        <v>51</v>
+      </c>
+      <c r="E12" t="s">
+        <v>78</v>
+      </c>
+      <c r="F12" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
+      <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>85</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>80</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" t="s">
+        <v>78</v>
+      </c>
+      <c r="F15" t="s">
+        <v>85</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>57</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>117</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>78</v>
+      </c>
+      <c r="F16" t="s">
+        <v>85</v>
+      </c>
+      <c r="G16" t="s">
         <v>34</v>
       </c>
-      <c r="C7" t="s">
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>57</v>
+      </c>
+      <c r="K16" t="s">
+        <v>44</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>80</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
         <v>51</v>
       </c>
-      <c r="D7" t="s">
-[...260 lines deleted...]
-      <c r="C13" t="s">
+      <c r="E17" t="s">
         <v>78</v>
       </c>
-      <c r="D13" t="s">
-[...71 lines deleted...]
-      <c r="N14" t="s">
+      <c r="F17" t="s">
         <v>85</v>
       </c>
-    </row>
-[...106 lines deleted...]
-        <v>2012</v>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
-      <c r="I17" t="s">
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>57</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>117</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>133</v>
+      </c>
+      <c r="K18" t="s">
+        <v>44</v>
+      </c>
+      <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>135</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" t="s">
+        <v>141</v>
+      </c>
+      <c r="E19" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" t="s">
+        <v>85</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>142</v>
+      </c>
+      <c r="M19" t="s">
+        <v>143</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>148</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>149</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2022</v>
+      </c>
+      <c r="J20" t="s">
+        <v>150</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>151</v>
+      </c>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2006</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>86</v>
+      </c>
+      <c r="K21" t="s">
+        <v>44</v>
+      </c>
+      <c r="L21" t="s">
+        <v>157</v>
+      </c>
+      <c r="M21" t="s">
         <v>46</v>
       </c>
-      <c r="J17" t="s">
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>41</v>
+      </c>
+      <c r="D22" t="s">
+        <v>51</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...5 lines deleted...]
-      <c r="M17" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2011</v>
+      </c>
+      <c r="J22" t="s">
+        <v>86</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
-[...25 lines deleted...]
-      <c r="H18">
+      <c r="L22" t="s">
+        <v>52</v>
+      </c>
+      <c r="M22" t="s">
+        <v>46</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" t="s">
+        <v>41</v>
+      </c>
+      <c r="D23" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>165</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>166</v>
+      </c>
+      <c r="K23" t="s">
+        <v>58</v>
+      </c>
+      <c r="L23" t="s">
+        <v>167</v>
+      </c>
+      <c r="M23" t="s">
+        <v>46</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>41</v>
+      </c>
+      <c r="D24" t="s">
+        <v>51</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>8</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2025</v>
+      </c>
+      <c r="J24" t="s">
+        <v>166</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>172</v>
+      </c>
+      <c r="M24" t="s">
+        <v>173</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>176</v>
+      </c>
+      <c r="B25" t="s">
+        <v>177</v>
+      </c>
+      <c r="C25" t="s">
+        <v>41</v>
+      </c>
+      <c r="D25" t="s">
+        <v>51</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>86</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>178</v>
+      </c>
+      <c r="M25" t="s">
+        <v>46</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>41</v>
+      </c>
+      <c r="D26" t="s">
+        <v>183</v>
+      </c>
+      <c r="E26" t="s">
+        <v>78</v>
+      </c>
+      <c r="F26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>58</v>
+      </c>
+      <c r="L26" t="s">
+        <v>184</v>
+      </c>
+      <c r="M26" t="s">
+        <v>185</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>51</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1989</v>
+      </c>
+      <c r="I27">
+        <v>2012</v>
+      </c>
+      <c r="J27" t="s">
+        <v>191</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>192</v>
+      </c>
+      <c r="M27" t="s">
+        <v>193</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>196</v>
+      </c>
+      <c r="B28" t="s">
+        <v>197</v>
+      </c>
+      <c r="C28" t="s">
+        <v>190</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1989</v>
+      </c>
+      <c r="I28">
+        <v>2017</v>
+      </c>
+      <c r="J28" t="s">
+        <v>191</v>
+      </c>
+      <c r="K28" t="s">
+        <v>198</v>
+      </c>
+      <c r="L28" t="s">
+        <v>199</v>
+      </c>
+      <c r="M28" t="s">
+        <v>193</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>200</v>
+      </c>
+      <c r="P28" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>196</v>
+      </c>
+      <c r="B29" t="s">
+        <v>202</v>
+      </c>
+      <c r="C29" t="s">
+        <v>190</v>
+      </c>
+      <c r="D29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1989</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>191</v>
+      </c>
+      <c r="K29" t="s">
+        <v>198</v>
+      </c>
+      <c r="L29" t="s">
+        <v>199</v>
+      </c>
+      <c r="M29" t="s">
+        <v>193</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>203</v>
+      </c>
+      <c r="P29" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>205</v>
+      </c>
+      <c r="B30" t="s">
+        <v>206</v>
+      </c>
+      <c r="C30" t="s">
+        <v>77</v>
+      </c>
+      <c r="D30" t="s">
+        <v>51</v>
+      </c>
+      <c r="E30" t="s">
+        <v>78</v>
+      </c>
+      <c r="F30" t="s">
+        <v>85</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2013</v>
+      </c>
+      <c r="J30" t="s">
+        <v>57</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>79</v>
+      </c>
+      <c r="M30" t="s">
+        <v>117</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>207</v>
+      </c>
+      <c r="P30" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>209</v>
+      </c>
+      <c r="B31" t="s">
+        <v>210</v>
+      </c>
+      <c r="C31" t="s">
+        <v>77</v>
+      </c>
+      <c r="D31" t="s">
+        <v>51</v>
+      </c>
+      <c r="E31" t="s">
+        <v>78</v>
+      </c>
+      <c r="F31" t="s">
+        <v>85</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2008</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>57</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>117</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>211</v>
+      </c>
+      <c r="P31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>213</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>77</v>
+      </c>
+      <c r="D32" t="s">
+        <v>51</v>
+      </c>
+      <c r="E32" t="s">
+        <v>78</v>
+      </c>
+      <c r="F32" t="s">
+        <v>85</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>57</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>117</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>215</v>
+      </c>
+      <c r="P32" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>217</v>
+      </c>
+      <c r="B33" t="s">
+        <v>218</v>
+      </c>
+      <c r="C33" t="s">
+        <v>77</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" t="s">
+        <v>78</v>
+      </c>
+      <c r="F33" t="s">
+        <v>85</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2006</v>
+      </c>
+      <c r="I33">
         <v>2015</v>
       </c>
-      <c r="I18" t="s">
-[...146 lines deleted...]
-      <c r="N21" t="s">
+      <c r="J33" t="s">
+        <v>57</v>
+      </c>
+      <c r="K33" t="s">
+        <v>44</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
         <v>117</v>
       </c>
-    </row>
-[...515 lines deleted...]
-      </c>
       <c r="N33" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>156</v>
+        <v>221</v>
       </c>
       <c r="B34" t="s">
-        <v>60</v>
+        <v>222</v>
       </c>
       <c r="C34" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="D34" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="E34" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>85</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
-      <c r="I34" t="s">
-        <v>46</v>
+      <c r="I34">
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="K34" t="s">
-        <v>157</v>
+        <v>58</v>
       </c>
       <c r="L34" t="s">
-        <v>88</v>
+        <v>223</v>
       </c>
       <c r="M34" t="s">
+        <v>117</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>224</v>
+      </c>
+      <c r="P34" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>226</v>
+      </c>
+      <c r="B35" t="s">
+        <v>227</v>
+      </c>
+      <c r="C35" t="s">
+        <v>140</v>
+      </c>
+      <c r="D35" t="s">
+        <v>228</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>149</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>229</v>
+      </c>
+      <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="N34" t="s">
-[...25 lines deleted...]
-      <c r="H35">
+      <c r="L35" t="s">
+        <v>230</v>
+      </c>
+      <c r="M35" t="s">
+        <v>231</v>
+      </c>
+      <c r="N35" t="s">
+        <v>72</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>236</v>
+      </c>
+      <c r="D36" t="s">
+        <v>70</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>42</v>
+      </c>
+      <c r="G36" t="s">
+        <v>34</v>
+      </c>
+      <c r="H36">
+        <v>2025</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>237</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>238</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>239</v>
+      </c>
+      <c r="P36" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>241</v>
+      </c>
+      <c r="B37" t="s">
+        <v>131</v>
+      </c>
+      <c r="C37" t="s">
+        <v>132</v>
+      </c>
+      <c r="D37" t="s">
+        <v>33</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>133</v>
+      </c>
+      <c r="K37" t="s">
+        <v>44</v>
+      </c>
+      <c r="L37" t="s">
+        <v>134</v>
+      </c>
+      <c r="M37" t="s">
+        <v>135</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>242</v>
+      </c>
+      <c r="P37" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>243</v>
+      </c>
+      <c r="B38" t="s">
+        <v>244</v>
+      </c>
+      <c r="C38" t="s">
+        <v>245</v>
+      </c>
+      <c r="D38" t="s">
+        <v>51</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2003</v>
+      </c>
+      <c r="I38">
+        <v>2018</v>
+      </c>
+      <c r="J38" t="s">
+        <v>57</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>246</v>
+      </c>
+      <c r="M38" t="s">
+        <v>247</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>248</v>
+      </c>
+      <c r="P38" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>243</v>
+      </c>
+      <c r="B39" t="s">
+        <v>250</v>
+      </c>
+      <c r="C39" t="s">
+        <v>245</v>
+      </c>
+      <c r="D39" t="s">
+        <v>70</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2005</v>
+      </c>
+      <c r="I39">
+        <v>2018</v>
+      </c>
+      <c r="J39" t="s">
+        <v>57</v>
+      </c>
+      <c r="K39" t="s">
+        <v>44</v>
+      </c>
+      <c r="L39" t="s">
+        <v>251</v>
+      </c>
+      <c r="M39" t="s">
+        <v>247</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>252</v>
+      </c>
+      <c r="P39" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>253</v>
+      </c>
+      <c r="B40" t="s">
+        <v>254</v>
+      </c>
+      <c r="C40" t="s">
+        <v>236</v>
+      </c>
+      <c r="D40" t="s">
+        <v>70</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>34</v>
+      </c>
+      <c r="H40">
+        <v>2025</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>237</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>238</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>255</v>
+      </c>
+      <c r="P40" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>257</v>
+      </c>
+      <c r="B41"/>
+      <c r="C41" t="s">
+        <v>77</v>
+      </c>
+      <c r="D41" t="s">
+        <v>51</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>34</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>80</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>258</v>
+      </c>
+      <c r="P41" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>260</v>
+      </c>
+      <c r="B42" t="s">
+        <v>261</v>
+      </c>
+      <c r="C42" t="s">
+        <v>77</v>
+      </c>
+      <c r="D42" t="s">
+        <v>51</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>149</v>
+      </c>
+      <c r="G42" t="s">
+        <v>34</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>57</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>80</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>262</v>
+      </c>
+      <c r="P42" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>263</v>
+      </c>
+      <c r="B43" t="s">
+        <v>264</v>
+      </c>
+      <c r="C43" t="s">
+        <v>77</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>78</v>
+      </c>
+      <c r="F43" t="s">
+        <v>42</v>
+      </c>
+      <c r="G43" t="s">
+        <v>34</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>57</v>
+      </c>
+      <c r="K43" t="s">
+        <v>44</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>80</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>265</v>
+      </c>
+      <c r="P43" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>267</v>
+      </c>
+      <c r="B44" t="s">
+        <v>268</v>
+      </c>
+      <c r="C44" t="s">
+        <v>148</v>
+      </c>
+      <c r="D44" t="s">
+        <v>51</v>
+      </c>
+      <c r="E44" t="s">
+        <v>78</v>
+      </c>
+      <c r="F44" t="s">
+        <v>149</v>
+      </c>
+      <c r="G44" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44">
+        <v>2019</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>58</v>
+      </c>
+      <c r="L44" t="s">
+        <v>269</v>
+      </c>
+      <c r="M44" t="s">
+        <v>152</v>
+      </c>
+      <c r="N44" t="s">
+        <v>270</v>
+      </c>
+      <c r="O44" t="s">
+        <v>271</v>
+      </c>
+      <c r="P44" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>273</v>
+      </c>
+      <c r="B45" t="s">
+        <v>274</v>
+      </c>
+      <c r="C45" t="s">
+        <v>236</v>
+      </c>
+      <c r="D45" t="s">
+        <v>51</v>
+      </c>
+      <c r="E45" t="s">
+        <v>78</v>
+      </c>
+      <c r="F45" t="s">
+        <v>85</v>
+      </c>
+      <c r="G45" t="s">
+        <v>34</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>229</v>
+      </c>
+      <c r="K45" t="s">
+        <v>275</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>276</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>277</v>
+      </c>
+      <c r="P45" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>279</v>
+      </c>
+      <c r="B46" t="s">
+        <v>280</v>
+      </c>
+      <c r="C46" t="s">
+        <v>102</v>
+      </c>
+      <c r="D46" t="s">
+        <v>51</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2009</v>
+      </c>
+      <c r="I46">
+        <v>2018</v>
+      </c>
+      <c r="J46" t="s">
+        <v>105</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>106</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>281</v>
+      </c>
+      <c r="P46" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>283</v>
+      </c>
+      <c r="B47" t="s">
+        <v>284</v>
+      </c>
+      <c r="C47" t="s">
+        <v>102</v>
+      </c>
+      <c r="D47" t="s">
+        <v>51</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>34</v>
+      </c>
+      <c r="H47">
+        <v>2009</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>285</v>
+      </c>
+      <c r="K47" t="s">
+        <v>58</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>106</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>286</v>
+      </c>
+      <c r="P47" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>288</v>
+      </c>
+      <c r="B48" t="s">
+        <v>289</v>
+      </c>
+      <c r="C48" t="s">
+        <v>290</v>
+      </c>
+      <c r="D48" t="s">
+        <v>33</v>
+      </c>
+      <c r="E48" t="s">
+        <v>78</v>
+      </c>
+      <c r="F48" t="s">
+        <v>85</v>
+      </c>
+      <c r="G48" t="s">
+        <v>34</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>291</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>292</v>
+      </c>
+      <c r="M48" t="s">
+        <v>293</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>294</v>
+      </c>
+      <c r="P48" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>296</v>
+      </c>
+      <c r="B49" t="s">
+        <v>297</v>
+      </c>
+      <c r="C49" t="s">
+        <v>290</v>
+      </c>
+      <c r="D49" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" t="s">
+        <v>78</v>
+      </c>
+      <c r="F49" t="s">
+        <v>42</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2019</v>
+      </c>
+      <c r="J49" t="s">
+        <v>229</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>298</v>
+      </c>
+      <c r="M49" t="s">
+        <v>299</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>300</v>
+      </c>
+      <c r="P49" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>302</v>
+      </c>
+      <c r="B50" t="s">
+        <v>303</v>
+      </c>
+      <c r="C50" t="s">
+        <v>140</v>
+      </c>
+      <c r="D50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" t="s">
+        <v>78</v>
+      </c>
+      <c r="F50" t="s">
+        <v>85</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50">
         <v>2020</v>
       </c>
-      <c r="I35" t="s">
-[...2 lines deleted...]
-      <c r="J35" t="s">
+      <c r="J50" t="s">
+        <v>35</v>
+      </c>
+      <c r="K50" t="s">
+        <v>44</v>
+      </c>
+      <c r="L50" t="s">
+        <v>304</v>
+      </c>
+      <c r="M50" t="s">
+        <v>305</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>306</v>
+      </c>
+      <c r="P50" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>308</v>
+      </c>
+      <c r="B51" t="s">
+        <v>309</v>
+      </c>
+      <c r="C51" t="s">
+        <v>290</v>
+      </c>
+      <c r="D51" t="s">
+        <v>141</v>
+      </c>
+      <c r="E51" t="s">
+        <v>310</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...45 lines deleted...]
-      <c r="M36" t="s">
+      <c r="G51" t="s">
+        <v>311</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>191</v>
+      </c>
+      <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="N36" t="s">
-[...619 lines deleted...]
-      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="N51" t="s">
-        <v>218</v>
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>313</v>
+      </c>
+      <c r="P51" t="s">
+        <v>314</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>