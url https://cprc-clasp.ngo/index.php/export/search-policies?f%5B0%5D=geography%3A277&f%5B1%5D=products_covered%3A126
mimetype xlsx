--- v1 (2025-12-06)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -727,66 +727,69 @@
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
@@ -3095,786 +3098,786 @@
       </c>
       <c r="P35" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>234</v>
       </c>
       <c r="B36" t="s">
         <v>235</v>
       </c>
       <c r="C36" t="s">
         <v>236</v>
       </c>
       <c r="D36" t="s">
         <v>70</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>42</v>
       </c>
       <c r="G36" t="s">
-        <v>34</v>
+        <v>237</v>
       </c>
       <c r="H36">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P36" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B37" t="s">
         <v>131</v>
       </c>
       <c r="C37" t="s">
         <v>132</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
         <v>133</v>
       </c>
       <c r="K37" t="s">
         <v>44</v>
       </c>
       <c r="L37" t="s">
         <v>134</v>
       </c>
       <c r="M37" t="s">
         <v>135</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P37" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B38" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C38" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D38" t="s">
         <v>51</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2003</v>
       </c>
       <c r="I38">
         <v>2018</v>
       </c>
       <c r="J38" t="s">
         <v>57</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="M38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B39" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C39" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D39" t="s">
         <v>70</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2005</v>
       </c>
       <c r="I39">
         <v>2018</v>
       </c>
       <c r="J39" t="s">
         <v>57</v>
       </c>
       <c r="K39" t="s">
         <v>44</v>
       </c>
       <c r="L39" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M39" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P39" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B40" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C40" t="s">
         <v>236</v>
       </c>
       <c r="D40" t="s">
         <v>70</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>34</v>
       </c>
       <c r="H40">
         <v>2025</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P40" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
         <v>77</v>
       </c>
       <c r="D41" t="s">
         <v>51</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>34</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>80</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P41" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B42" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C42" t="s">
         <v>77</v>
       </c>
       <c r="D42" t="s">
         <v>51</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>149</v>
       </c>
       <c r="G42" t="s">
         <v>34</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>57</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>80</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P42" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B43" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C43" t="s">
         <v>77</v>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>78</v>
       </c>
       <c r="F43" t="s">
         <v>42</v>
       </c>
       <c r="G43" t="s">
         <v>34</v>
       </c>
       <c r="H43">
         <v>2013</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>57</v>
       </c>
       <c r="K43" t="s">
         <v>44</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>80</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P43" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B44" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C44" t="s">
         <v>148</v>
       </c>
       <c r="D44" t="s">
         <v>51</v>
       </c>
       <c r="E44" t="s">
         <v>78</v>
       </c>
       <c r="F44" t="s">
         <v>149</v>
       </c>
       <c r="G44" t="s">
         <v>34</v>
       </c>
       <c r="H44">
         <v>2019</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>58</v>
       </c>
       <c r="L44" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M44" t="s">
         <v>152</v>
       </c>
       <c r="N44" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="O44" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P44" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B45" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C45" t="s">
         <v>236</v>
       </c>
       <c r="D45" t="s">
         <v>51</v>
       </c>
       <c r="E45" t="s">
         <v>78</v>
       </c>
       <c r="F45" t="s">
         <v>85</v>
       </c>
       <c r="G45" t="s">
         <v>34</v>
       </c>
       <c r="H45">
         <v>2017</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>229</v>
       </c>
       <c r="K45" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P45" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B46" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C46" t="s">
         <v>102</v>
       </c>
       <c r="D46" t="s">
         <v>51</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2009</v>
       </c>
       <c r="I46">
         <v>2018</v>
       </c>
       <c r="J46" t="s">
         <v>105</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>106</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P46" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B47" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C47" t="s">
         <v>102</v>
       </c>
       <c r="D47" t="s">
         <v>51</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>34</v>
       </c>
       <c r="H47">
         <v>2009</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="K47" t="s">
         <v>58</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>106</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P47" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B48" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C48" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D48" t="s">
         <v>33</v>
       </c>
       <c r="E48" t="s">
         <v>78</v>
       </c>
       <c r="F48" t="s">
         <v>85</v>
       </c>
       <c r="G48" t="s">
         <v>34</v>
       </c>
       <c r="H48">
         <v>2014</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M48" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P48" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B49" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C49" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D49" t="s">
         <v>33</v>
       </c>
       <c r="E49" t="s">
         <v>78</v>
       </c>
       <c r="F49" t="s">
         <v>42</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
       <c r="I49">
         <v>2019</v>
       </c>
       <c r="J49" t="s">
         <v>229</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="M49" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P49" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B50" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C50" t="s">
         <v>140</v>
       </c>
       <c r="D50" t="s">
         <v>33</v>
       </c>
       <c r="E50" t="s">
         <v>78</v>
       </c>
       <c r="F50" t="s">
         <v>85</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50">
         <v>2020</v>
       </c>
       <c r="J50" t="s">
         <v>35</v>
       </c>
       <c r="K50" t="s">
         <v>44</v>
       </c>
       <c r="L50" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="M50" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="P50" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B51" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C51" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D51" t="s">
         <v>141</v>
       </c>
       <c r="E51" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>191</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="P51" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">