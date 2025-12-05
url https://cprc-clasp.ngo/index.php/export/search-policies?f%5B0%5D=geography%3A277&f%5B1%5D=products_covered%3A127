--- v0 (2025-10-10)
+++ v1 (2025-12-05)
@@ -12,402 +12,505 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
+  </si>
+  <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -671,877 +774,988 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="216" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="842.223" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>2006</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>57</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H11">
+        <v>2025</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>66</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12" t="s">
+        <v>67</v>
+      </c>
+      <c r="M12" t="s">
+        <v>68</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>93</v>
+      </c>
+      <c r="D14" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2025</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>94</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>95</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" t="s">
+        <v>32</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>58</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>60</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>56</v>
+      </c>
+      <c r="F16" t="s">
+        <v>57</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>118</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>56</v>
+      </c>
+      <c r="F17" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" t="s">
+        <v>33</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>125</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>127</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>56</v>
+      </c>
+      <c r="F18" t="s">
+        <v>57</v>
+      </c>
+      <c r="G18" t="s">
+        <v>33</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>134</v>
+      </c>
+      <c r="N18" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...675 lines deleted...]
-        <v>102</v>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>