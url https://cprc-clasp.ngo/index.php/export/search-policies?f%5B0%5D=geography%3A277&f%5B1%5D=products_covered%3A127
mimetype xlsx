--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -289,66 +289,69 @@
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2017L01608</t>
   </si>
   <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
@@ -1312,414 +1315,414 @@
       </c>
       <c r="P10" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>91</v>
       </c>
       <c r="B11" t="s">
         <v>92</v>
       </c>
       <c r="C11" t="s">
         <v>93</v>
       </c>
       <c r="D11" t="s">
         <v>48</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="H11">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12">
         <v>2010</v>
       </c>
       <c r="I12">
         <v>2015</v>
       </c>
       <c r="J12" t="s">
         <v>66</v>
       </c>
       <c r="K12" t="s">
         <v>35</v>
       </c>
       <c r="L12" t="s">
         <v>67</v>
       </c>
       <c r="M12" t="s">
         <v>68</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>33</v>
       </c>
       <c r="H13">
         <v>2005</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
         <v>58</v>
       </c>
       <c r="K13" t="s">
         <v>35</v>
       </c>
       <c r="L13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>93</v>
       </c>
       <c r="D14" t="s">
         <v>48</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2025</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
         <v>55</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>56</v>
       </c>
       <c r="F15" t="s">
         <v>32</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>58</v>
       </c>
       <c r="K15" t="s">
         <v>35</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>60</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>56</v>
       </c>
       <c r="F16" t="s">
         <v>57</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2014</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>56</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
       <c r="G17" t="s">
         <v>33</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D18" t="s">
         <v>19</v>
       </c>
       <c r="E18" t="s">
         <v>56</v>
       </c>
       <c r="F18" t="s">
         <v>57</v>
       </c>
       <c r="G18" t="s">
         <v>33</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18">
         <v>2020</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>35</v>
       </c>
       <c r="L18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">