--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,410 +12,531 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -679,957 +800,1080 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="462.316" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2004</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2004</v>
       </c>
-      <c r="H2">
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>46</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>35</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" t="s">
+        <v>60</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>35</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>35</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2005</v>
+      </c>
+      <c r="I10">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>25</v>
+      </c>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F11" t="s">
+        <v>84</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2005</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>35</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>84</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2005</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>35</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>84</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>91</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>83</v>
+      </c>
+      <c r="F14" t="s">
+        <v>84</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2005</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>91</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>84</v>
+      </c>
+      <c r="G15" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>33</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>91</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>83</v>
+      </c>
+      <c r="F16" t="s">
+        <v>84</v>
+      </c>
+      <c r="G16" t="s">
+        <v>32</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>91</v>
+      </c>
+      <c r="N16" t="s">
+        <v>35</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H17">
+        <v>1996</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>122</v>
+      </c>
+      <c r="K17" t="s">
+        <v>123</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>124</v>
+      </c>
+      <c r="N17" t="s">
+        <v>35</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>130</v>
+      </c>
+      <c r="G18" t="s">
+        <v>32</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...29 lines deleted...]
-      <c r="J3" t="s">
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>35</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>75</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...13 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G19" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...20 lines deleted...]
-      <c r="I4" t="s">
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>137</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>139</v>
+      </c>
+      <c r="N19" t="s">
+        <v>35</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>75</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="F20" t="s">
+        <v>84</v>
+      </c>
+      <c r="G20" t="s">
+        <v>32</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>131</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>144</v>
+      </c>
+      <c r="N20" t="s">
         <v>35</v>
       </c>
-      <c r="B5" t="s">
-[...668 lines deleted...]
-        <v>106</v>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>