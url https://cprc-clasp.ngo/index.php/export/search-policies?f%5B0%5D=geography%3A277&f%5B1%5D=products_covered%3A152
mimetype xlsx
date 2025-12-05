--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,642 +12,876 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -911,1709 +1145,1938 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1986</v>
+      </c>
+      <c r="I2">
+        <v>2006</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2001</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>54</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2009</v>
+      </c>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>54</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>84</v>
+      </c>
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" t="s">
+        <v>85</v>
+      </c>
+      <c r="F11" t="s">
+        <v>86</v>
+      </c>
+      <c r="G11" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
+        <v>87</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>86</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>88</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>54</v>
+      </c>
+      <c r="N14" t="s">
+        <v>109</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N15" t="s">
+        <v>109</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>33</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>59</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>35</v>
+      </c>
+      <c r="M16" t="s">
+        <v>119</v>
+      </c>
+      <c r="N16" t="s">
+        <v>109</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>125</v>
+      </c>
+      <c r="H17" t="s">
+        <v>126</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>127</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>119</v>
+      </c>
+      <c r="N17" t="s">
+        <v>109</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>33</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>59</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>119</v>
+      </c>
+      <c r="N18" t="s">
+        <v>109</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>138</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>109</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>146</v>
+      </c>
+      <c r="E20" t="s">
+        <v>51</v>
+      </c>
+      <c r="F20" t="s">
+        <v>32</v>
+      </c>
+      <c r="G20" t="s">
+        <v>33</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>147</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>149</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>145</v>
+      </c>
+      <c r="D21" t="s">
+        <v>154</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" t="s">
+        <v>32</v>
+      </c>
+      <c r="G21" t="s">
+        <v>33</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>147</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
+        <v>149</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>145</v>
+      </c>
+      <c r="D22" t="s">
+        <v>160</v>
+      </c>
+      <c r="E22" t="s">
+        <v>51</v>
+      </c>
+      <c r="F22" t="s">
+        <v>32</v>
+      </c>
+      <c r="G22" t="s">
+        <v>33</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>147</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>161</v>
+      </c>
+      <c r="M22" t="s">
+        <v>149</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" t="s">
+        <v>167</v>
+      </c>
+      <c r="E23" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" t="s">
+        <v>52</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1996</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>168</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>169</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>170</v>
+      </c>
+      <c r="P23" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>172</v>
+      </c>
+      <c r="B24" t="s">
+        <v>173</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>51</v>
+      </c>
+      <c r="F24" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1996</v>
+      </c>
+      <c r="I24">
+        <v>2010</v>
+      </c>
+      <c r="J24" t="s">
+        <v>168</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>169</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>177</v>
+      </c>
+      <c r="D25" t="s">
+        <v>167</v>
+      </c>
+      <c r="E25" t="s">
+        <v>51</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1981</v>
+      </c>
+      <c r="I25">
+        <v>2002</v>
+      </c>
+      <c r="J25" t="s">
+        <v>178</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>179</v>
+      </c>
+      <c r="N25" t="s">
+        <v>109</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>166</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2016</v>
+      </c>
+      <c r="J26" t="s">
+        <v>168</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>169</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>100</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>125</v>
+      </c>
+      <c r="H27">
+        <v>2018</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>188</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>189</v>
+      </c>
+      <c r="M27" t="s">
+        <v>190</v>
+      </c>
+      <c r="N27" t="s">
+        <v>109</v>
+      </c>
+      <c r="O27" t="s">
+        <v>191</v>
+      </c>
+      <c r="P27" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>195</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
         <v>2006</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J28" t="s">
+        <v>178</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>196</v>
+      </c>
+      <c r="M28" t="s">
+        <v>197</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>177</v>
+      </c>
+      <c r="D29" t="s">
+        <v>167</v>
+      </c>
+      <c r="E29" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G29" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>88</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>202</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>203</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>177</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...10 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H30">
+        <v>2002</v>
+      </c>
+      <c r="I30">
+        <v>2016</v>
+      </c>
+      <c r="J30" t="s">
+        <v>88</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>202</v>
+      </c>
+      <c r="N30" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O30" t="s">
+        <v>206</v>
+      </c>
+      <c r="P30" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>145</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>51</v>
+      </c>
+      <c r="F31" t="s">
+        <v>210</v>
+      </c>
+      <c r="G31" t="s">
+        <v>33</v>
+      </c>
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>147</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>149</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>211</v>
+      </c>
+      <c r="P31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>213</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>145</v>
+      </c>
+      <c r="D32" t="s">
+        <v>160</v>
+      </c>
+      <c r="E32" t="s">
+        <v>51</v>
+      </c>
+      <c r="F32" t="s">
+        <v>210</v>
+      </c>
+      <c r="G32" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>147</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>149</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>215</v>
+      </c>
+      <c r="P32" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>217</v>
+      </c>
+      <c r="B33" t="s">
+        <v>218</v>
+      </c>
+      <c r="C33" t="s">
+        <v>219</v>
+      </c>
+      <c r="D33" t="s">
+        <v>220</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>86</v>
+      </c>
+      <c r="G33" t="s">
+        <v>33</v>
+      </c>
+      <c r="H33">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>221</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>222</v>
+      </c>
+      <c r="M33" t="s">
+        <v>223</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>224</v>
+      </c>
+      <c r="P33" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>226</v>
+      </c>
+      <c r="B34" t="s">
+        <v>227</v>
+      </c>
+      <c r="C34" t="s">
+        <v>177</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>51</v>
+      </c>
+      <c r="F34" t="s">
+        <v>32</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>178</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>202</v>
+      </c>
+      <c r="N34" t="s">
+        <v>109</v>
+      </c>
+      <c r="O34" t="s">
+        <v>228</v>
+      </c>
+      <c r="P34" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>230</v>
+      </c>
+      <c r="B35" t="s">
+        <v>231</v>
+      </c>
+      <c r="C35" t="s">
+        <v>232</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>51</v>
+      </c>
+      <c r="F35" t="s">
+        <v>86</v>
+      </c>
+      <c r="G35" t="s">
+        <v>33</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>88</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>233</v>
+      </c>
+      <c r="M35" t="s">
+        <v>234</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>235</v>
+      </c>
+      <c r="P35" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>237</v>
+      </c>
+      <c r="B36" t="s">
+        <v>238</v>
+      </c>
+      <c r="C36" t="s">
+        <v>75</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...13 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2005</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>78</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>239</v>
+      </c>
+      <c r="M36" t="s">
+        <v>79</v>
+      </c>
+      <c r="N36" t="s">
+        <v>109</v>
+      </c>
+      <c r="O36" t="s">
+        <v>240</v>
+      </c>
+      <c r="P36" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>242</v>
+      </c>
+      <c r="B37" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" t="s">
+        <v>145</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>51</v>
+      </c>
+      <c r="F37" t="s">
+        <v>52</v>
+      </c>
+      <c r="G37" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="H37">
+        <v>1998</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>244</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>245</v>
+      </c>
+      <c r="M37" t="s">
+        <v>246</v>
+      </c>
+      <c r="N37" t="s">
+        <v>109</v>
+      </c>
+      <c r="O37" t="s">
+        <v>247</v>
+      </c>
+      <c r="P37" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>249</v>
+      </c>
+      <c r="B38" t="s">
+        <v>250</v>
+      </c>
+      <c r="C38" t="s">
+        <v>145</v>
+      </c>
+      <c r="D38" t="s">
+        <v>154</v>
+      </c>
+      <c r="E38" t="s">
+        <v>51</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>33</v>
+      </c>
+      <c r="H38">
+        <v>2007</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>147</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>251</v>
+      </c>
+      <c r="N38" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...1463 lines deleted...]
-        <v>178</v>
+      <c r="O38" t="s">
+        <v>252</v>
+      </c>
+      <c r="P38" t="s">
+        <v>253</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>