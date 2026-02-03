--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -584,68 +584,68 @@
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>