--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,728 +12,959 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
   </si>
   <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -997,1753 +1228,1988 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N39"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
         <v>2004</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>83</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2023</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>107</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1994</v>
+      </c>
+      <c r="I12">
+        <v>2003</v>
+      </c>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>115</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>116</v>
+      </c>
+      <c r="M13" t="s">
+        <v>117</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>122</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>98</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>123</v>
+      </c>
+      <c r="M14" t="s">
+        <v>124</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15">
+        <v>2001</v>
+      </c>
+      <c r="J15" t="s">
+        <v>129</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>130</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>56</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>71</v>
+      </c>
+      <c r="M16" t="s">
+        <v>135</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>136</v>
+      </c>
+      <c r="P16" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>138</v>
+      </c>
+      <c r="B17" t="s">
+        <v>139</v>
+      </c>
+      <c r="C17" t="s">
+        <v>140</v>
+      </c>
+      <c r="D17" t="s">
+        <v>141</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2025</v>
+      </c>
+      <c r="J17" t="s">
+        <v>142</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>143</v>
+      </c>
+      <c r="M17" t="s">
+        <v>144</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>145</v>
+      </c>
+      <c r="P17" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>147</v>
+      </c>
+      <c r="B18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C18" t="s">
+        <v>149</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>150</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>151</v>
+      </c>
+      <c r="M18" t="s">
+        <v>152</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>153</v>
+      </c>
+      <c r="P18" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>155</v>
+      </c>
+      <c r="B19" t="s">
+        <v>156</v>
+      </c>
+      <c r="C19" t="s">
+        <v>128</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>54</v>
+      </c>
+      <c r="F19" t="s">
+        <v>63</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>129</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>157</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>158</v>
+      </c>
+      <c r="P19" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>160</v>
+      </c>
+      <c r="B20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C20" t="s">
+        <v>140</v>
+      </c>
+      <c r="D20" t="s">
+        <v>106</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>162</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>163</v>
+      </c>
+      <c r="M20" t="s">
+        <v>144</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>164</v>
+      </c>
+      <c r="P20" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>166</v>
+      </c>
+      <c r="B21" t="s">
+        <v>167</v>
+      </c>
+      <c r="C21" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" t="s">
+        <v>141</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>168</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" t="s">
+        <v>92</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>170</v>
+      </c>
+      <c r="P21" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" t="s">
+        <v>173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>174</v>
+      </c>
+      <c r="D22" t="s">
+        <v>141</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>107</v>
+      </c>
+      <c r="G22" t="s">
+        <v>8</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>150</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>175</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" t="s">
+        <v>179</v>
+      </c>
+      <c r="C23" t="s">
+        <v>174</v>
+      </c>
+      <c r="D23" t="s">
+        <v>141</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>107</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2024</v>
+      </c>
+      <c r="J23" t="s">
+        <v>180</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>175</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>181</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" t="s">
+        <v>141</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2018</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>84</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>185</v>
+      </c>
+      <c r="M24" t="s">
+        <v>186</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>187</v>
+      </c>
+      <c r="P24" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>189</v>
+      </c>
+      <c r="B25" t="s">
+        <v>104</v>
+      </c>
+      <c r="C25" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" t="s">
+        <v>141</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1994</v>
+      </c>
+      <c r="I25">
+        <v>2003</v>
+      </c>
+      <c r="J25" t="s">
+        <v>36</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>108</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>190</v>
+      </c>
+      <c r="P25" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>192</v>
+      </c>
+      <c r="B26" t="s">
+        <v>193</v>
+      </c>
+      <c r="C26" t="s">
+        <v>174</v>
+      </c>
+      <c r="D26" t="s">
+        <v>194</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>8</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>150</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>195</v>
+      </c>
+      <c r="M26" t="s">
+        <v>175</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>196</v>
+      </c>
+      <c r="P26" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>198</v>
+      </c>
+      <c r="B27" t="s">
+        <v>199</v>
+      </c>
+      <c r="C27" t="s">
+        <v>174</v>
+      </c>
+      <c r="D27" t="s">
+        <v>141</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>8</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27">
+        <v>2024</v>
+      </c>
+      <c r="J27" t="s">
+        <v>180</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>175</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>200</v>
+      </c>
+      <c r="P27" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" t="s">
+        <v>203</v>
+      </c>
+      <c r="C28" t="s">
+        <v>184</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>84</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>204</v>
+      </c>
+      <c r="M28" t="s">
+        <v>186</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>205</v>
+      </c>
+      <c r="P28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>206</v>
+      </c>
+      <c r="B29" t="s">
+        <v>207</v>
+      </c>
+      <c r="C29" t="s">
+        <v>208</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" t="s">
+        <v>209</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>210</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>211</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>212</v>
+      </c>
+      <c r="P29" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>214</v>
+      </c>
+      <c r="B30" t="s">
+        <v>215</v>
+      </c>
+      <c r="C30" t="s">
+        <v>216</v>
+      </c>
+      <c r="D30" t="s">
+        <v>106</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>168</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>217</v>
+      </c>
+      <c r="M30" t="s">
+        <v>218</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>219</v>
+      </c>
+      <c r="P30" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>221</v>
+      </c>
+      <c r="B31" t="s">
+        <v>222</v>
+      </c>
+      <c r="C31" t="s">
+        <v>90</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>115</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>223</v>
+      </c>
+      <c r="M31" t="s">
+        <v>92</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>224</v>
+      </c>
+      <c r="P31" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>226</v>
+      </c>
+      <c r="B32" t="s">
+        <v>222</v>
+      </c>
+      <c r="C32" t="s">
+        <v>90</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>107</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32">
+        <v>2006</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>115</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>227</v>
+      </c>
+      <c r="M32" t="s">
+        <v>92</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>228</v>
+      </c>
+      <c r="P32" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>230</v>
+      </c>
+      <c r="B33" t="s">
+        <v>231</v>
+      </c>
+      <c r="C33" t="s">
+        <v>232</v>
+      </c>
+      <c r="D33" t="s">
+        <v>44</v>
+      </c>
+      <c r="E33" t="s">
+        <v>54</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>55</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>233</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>46</v>
+      </c>
+      <c r="M33" t="s">
+        <v>234</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C34" t="s">
+        <v>239</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34">
         <v>2016</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>240</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>241</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>242</v>
+      </c>
+      <c r="P34" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>244</v>
+      </c>
+      <c r="B35" t="s">
+        <v>245</v>
+      </c>
+      <c r="C35" t="s">
+        <v>81</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>84</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>85</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>246</v>
+      </c>
+      <c r="P35" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>248</v>
+      </c>
+      <c r="B36" t="s">
+        <v>249</v>
+      </c>
+      <c r="C36" t="s">
+        <v>81</v>
+      </c>
+      <c r="D36" t="s">
+        <v>33</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2009</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>84</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>85</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>250</v>
+      </c>
+      <c r="P36" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>252</v>
+      </c>
+      <c r="B37" t="s">
+        <v>253</v>
+      </c>
+      <c r="C37" t="s">
+        <v>208</v>
+      </c>
+      <c r="D37" t="s">
+        <v>33</v>
+      </c>
+      <c r="E37" t="s">
+        <v>54</v>
+      </c>
+      <c r="F37" t="s">
+        <v>63</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2002</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>254</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>255</v>
+      </c>
+      <c r="M37" t="s">
+        <v>256</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>257</v>
+      </c>
+      <c r="P37" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>259</v>
+      </c>
+      <c r="B38" t="s">
+        <v>260</v>
+      </c>
+      <c r="C38" t="s">
+        <v>208</v>
+      </c>
+      <c r="D38" t="s">
+        <v>261</v>
+      </c>
+      <c r="E38" t="s">
+        <v>54</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>210</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>262</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>263</v>
+      </c>
+      <c r="P38" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>265</v>
+      </c>
+      <c r="B39" t="s">
+        <v>266</v>
+      </c>
+      <c r="C39" t="s">
+        <v>267</v>
+      </c>
+      <c r="D39" t="s">
+        <v>44</v>
+      </c>
+      <c r="E39" t="s">
+        <v>54</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...16 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G39" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...59 lines deleted...]
-      <c r="K5" t="s">
+      <c r="H39">
+        <v>2016</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>115</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
         <v>46</v>
       </c>
-      <c r="L5" t="s">
-[...1439 lines deleted...]
-      </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>268</v>
       </c>
       <c r="N39" t="s">
-        <v>198</v>
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>269</v>
+      </c>
+      <c r="P39" t="s">
+        <v>270</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>