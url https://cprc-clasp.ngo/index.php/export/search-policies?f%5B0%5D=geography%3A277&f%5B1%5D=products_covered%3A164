--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -572,63 +572,66 @@
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
   </si>
   <si>
     <t>Samoa*</t>
   </si>
@@ -2288,892 +2291,892 @@
       </c>
       <c r="P21" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>172</v>
       </c>
       <c r="B22" t="s">
         <v>173</v>
       </c>
       <c r="C22" t="s">
         <v>174</v>
       </c>
       <c r="D22" t="s">
         <v>141</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>107</v>
       </c>
       <c r="G22" t="s">
-        <v>8</v>
+        <v>175</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22">
         <v>2019</v>
       </c>
       <c r="J22" t="s">
         <v>150</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C23" t="s">
         <v>174</v>
       </c>
       <c r="D23" t="s">
         <v>141</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>107</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23">
         <v>2024</v>
       </c>
       <c r="J23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P23" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D24" t="s">
         <v>141</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>35</v>
       </c>
       <c r="H24">
         <v>2018</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>84</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B25" t="s">
         <v>104</v>
       </c>
       <c r="C25" t="s">
         <v>105</v>
       </c>
       <c r="D25" t="s">
         <v>141</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>34</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>1994</v>
       </c>
       <c r="I25">
         <v>2003</v>
       </c>
       <c r="J25" t="s">
         <v>36</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>108</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
         <v>174</v>
       </c>
       <c r="D26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>34</v>
       </c>
       <c r="G26" t="s">
-        <v>8</v>
+        <v>175</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
       <c r="I26">
         <v>2019</v>
       </c>
       <c r="J26" t="s">
         <v>150</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P26" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C27" t="s">
         <v>174</v>
       </c>
       <c r="D27" t="s">
         <v>141</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>8</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
       <c r="I27">
         <v>2024</v>
       </c>
       <c r="J27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>35</v>
       </c>
       <c r="H28">
         <v>2018</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>84</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>54</v>
       </c>
       <c r="F29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G29" t="s">
         <v>35</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B30" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D30" t="s">
         <v>106</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2020</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>168</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P30" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C31" t="s">
         <v>90</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2007</v>
       </c>
       <c r="I31">
         <v>2013</v>
       </c>
       <c r="J31" t="s">
         <v>115</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M31" t="s">
         <v>92</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C32" t="s">
         <v>90</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>107</v>
       </c>
       <c r="G32" t="s">
         <v>35</v>
       </c>
       <c r="H32">
         <v>2006</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>115</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M32" t="s">
         <v>92</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D33" t="s">
         <v>44</v>
       </c>
       <c r="E33" t="s">
         <v>54</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>55</v>
       </c>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>46</v>
       </c>
       <c r="M33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>35</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C35" t="s">
         <v>81</v>
       </c>
       <c r="D35" t="s">
         <v>33</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2008</v>
       </c>
       <c r="I35">
         <v>2015</v>
       </c>
       <c r="J35" t="s">
         <v>84</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>85</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B36" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C36" t="s">
         <v>81</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>34</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2009</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
         <v>84</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>85</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C37" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>54</v>
       </c>
       <c r="F37" t="s">
         <v>63</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2002</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B38" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C38" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D38" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E38" t="s">
         <v>54</v>
       </c>
       <c r="F38" t="s">
         <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>35</v>
       </c>
       <c r="H38">
         <v>2013</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P38" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B39" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C39" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D39" t="s">
         <v>44</v>
       </c>
       <c r="E39" t="s">
         <v>54</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>35</v>
       </c>
       <c r="H39">
         <v>2016</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>115</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
         <v>46</v>
       </c>
       <c r="M39" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P39" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">