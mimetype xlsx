--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,430 +12,557 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -699,1041 +826,1174 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="154.391" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-[...6 lines deleted...]
-      <c r="K2" t="s">
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...49 lines deleted...]
-      <c r="N3" t="s">
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F6" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...26 lines deleted...]
-      <c r="K4" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L4" t="s">
-[...70 lines deleted...]
-      <c r="G6">
+      <c r="H6">
         <v>2018</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="K6" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="M6" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s">
+        <v>48</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>45</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      </c>
       <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="N7" t="s">
         <v>48</v>
       </c>
-    </row>
-    <row r="8" spans="1:14">
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
         <v>2011</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2023</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>48</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2023</v>
+      </c>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>48</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
         <v>53</v>
       </c>
-      <c r="J8" t="s">
-[...91 lines deleted...]
-      <c r="L10" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>82</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="M10" t="s">
-[...22 lines deleted...]
-      <c r="F11" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>82</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>89</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D13" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
-[...3 lines deleted...]
-      <c r="I11" t="s">
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...31 lines deleted...]
-      <c r="F12" t="s">
+      <c r="F13" t="s">
+        <v>82</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G12">
-[...78 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F14" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
-      <c r="I14" t="s">
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>48</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>41</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" t="s">
+        <v>48</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>118</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
         <v>34</v>
       </c>
-      <c r="J14" t="s">
-[...19 lines deleted...]
-      <c r="B15" t="s">
+      <c r="H16">
+        <v>1996</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>119</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
+        <v>48</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>125</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>74</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2024</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>126</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>128</v>
+      </c>
+      <c r="N17" t="s">
+        <v>48</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>118</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>82</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>119</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>120</v>
+      </c>
+      <c r="N18" t="s">
+        <v>48</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>118</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>82</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>119</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>120</v>
+      </c>
+      <c r="N19" t="s">
+        <v>48</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>139</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>82</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>41</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>140</v>
+      </c>
+      <c r="M20" t="s">
+        <v>141</v>
+      </c>
+      <c r="N20" t="s">
+        <v>48</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>32</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>147</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>45</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>148</v>
+      </c>
+      <c r="N21" t="s">
+        <v>48</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>82</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>67</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>68</v>
+      </c>
+      <c r="N22" t="s">
         <v>27</v>
       </c>
-      <c r="E15" t="s">
-[...315 lines deleted...]
-        <v>112</v>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>