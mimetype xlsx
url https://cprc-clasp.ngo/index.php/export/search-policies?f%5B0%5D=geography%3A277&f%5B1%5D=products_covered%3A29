--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,1966 +12,2903 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="599">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="902">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
-    <t>BDS 1734:2003</t>
-[...4 lines deleted...]
-  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V rated frequency of 50Hz and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>GB 29143</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>MS IEC 60081:2003 or IEC 60081:2003
+,   
+                    MS IEC 60969:2006 or IEC 60969:2001
+,   
+                    MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...19 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (LED Lamps) Determination 2025</t>
   </si>
   <si>
+    <t>This policy mandates Minimum Energy Performance Standards (MEPS) and labeling requirements for LED lamps, and sets conditions for incandescent and halogen lamp equivalence claims.</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 5341</t>
   </si>
   <si>
     <t>Department of Climate Change, Energy, the Environment and Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-led-lamps-determination-2025</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2025L00263/asmade/text</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamp Ballasts</t>
   </si>
   <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>AS/NZ 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
-    <t>AS/NZS 4934.1-2014</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2235,7433 +3172,8464 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N173"/>
+  <dimension ref="A1:P173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1979</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...31 lines deleted...]
-      <c r="G3">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...13 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G4" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>35</v>
       </c>
-      <c r="D4" t="s">
-[...15 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...74 lines deleted...]
-        <v>2006</v>
+      <c r="G6" t="s">
+        <v>34</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...8 lines deleted...]
-      <c r="N6" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>53</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2006</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>53</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>50</v>
       </c>
-    </row>
-[...103 lines deleted...]
-      <c r="G9">
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
         <v>2008</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="K9" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>50</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
         <v>2020</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="K10" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E11" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>50</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
         <v>2020</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="K11" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="N11" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>75</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>73</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>75</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>50</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>73</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>75</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>108</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>109</v>
+      </c>
+      <c r="M15" t="s">
+        <v>110</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>117</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>118</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>125</v>
+      </c>
+      <c r="D17" t="s">
+        <v>126</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
+        <v>117</v>
+      </c>
+      <c r="G17" t="s">
+        <v>127</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>92</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>128</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>71</v>
+      </c>
+      <c r="D18" t="s">
         <v>42</v>
       </c>
-      <c r="F12" t="s">
-[...12 lines deleted...]
-      <c r="K12" t="s">
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" t="s">
+        <v>133</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>73</v>
       </c>
-      <c r="L12" t="s">
-[...245 lines deleted...]
-      </c>
       <c r="K18" t="s">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="N18" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>106</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>139</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="E19" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>133</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2010</v>
       </c>
-      <c r="I19" t="s">
-        <v>72</v>
+      <c r="I19">
+        <v>2010</v>
       </c>
       <c r="J19" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="K19" t="s">
-        <v>107</v>
+        <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>104</v>
+        <v>140</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="N19" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>109</v>
+        <v>143</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>144</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="E20" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>133</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2010</v>
       </c>
-      <c r="I20" t="s">
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>92</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>145</v>
+      </c>
+      <c r="M20" t="s">
+        <v>135</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>71</v>
+      </c>
+      <c r="D21" t="s">
+        <v>62</v>
+      </c>
+      <c r="E21" t="s">
+        <v>49</v>
+      </c>
+      <c r="F21" t="s">
+        <v>133</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>92</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>134</v>
+      </c>
+      <c r="M21" t="s">
+        <v>135</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>71</v>
+      </c>
+      <c r="D22" t="s">
+        <v>154</v>
+      </c>
+      <c r="E22" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" t="s">
+        <v>133</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>92</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>155</v>
+      </c>
+      <c r="M22" t="s">
+        <v>135</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>71</v>
+      </c>
+      <c r="D23" t="s">
+        <v>48</v>
+      </c>
+      <c r="E23" t="s">
+        <v>49</v>
+      </c>
+      <c r="F23" t="s">
+        <v>133</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>92</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>97</v>
+      </c>
+      <c r="M23" t="s">
+        <v>135</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>163</v>
+      </c>
+      <c r="C24" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24" t="s">
+        <v>42</v>
+      </c>
+      <c r="E24" t="s">
+        <v>49</v>
+      </c>
+      <c r="F24" t="s">
+        <v>133</v>
+      </c>
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>92</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>164</v>
+      </c>
+      <c r="M24" t="s">
+        <v>135</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>165</v>
+      </c>
+      <c r="P24" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>167</v>
+      </c>
+      <c r="B25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>71</v>
+      </c>
+      <c r="D25" t="s">
         <v>72</v>
       </c>
-      <c r="J20" t="s">
-[...22 lines deleted...]
-      <c r="C21" t="s">
+      <c r="E25" t="s">
+        <v>49</v>
+      </c>
+      <c r="F25" t="s">
+        <v>133</v>
+      </c>
+      <c r="G25" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>92</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>74</v>
+      </c>
+      <c r="M25" t="s">
+        <v>135</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>169</v>
+      </c>
+      <c r="P25" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>171</v>
+      </c>
+      <c r="B26" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" t="s">
         <v>48</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21">
+      <c r="E26" t="s">
+        <v>49</v>
+      </c>
+      <c r="F26" t="s">
+        <v>133</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>92</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>173</v>
+      </c>
+      <c r="M26" t="s">
+        <v>135</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>176</v>
+      </c>
+      <c r="B27" t="s">
+        <v>177</v>
+      </c>
+      <c r="C27" t="s">
+        <v>71</v>
+      </c>
+      <c r="D27" t="s">
+        <v>80</v>
+      </c>
+      <c r="E27" t="s">
+        <v>49</v>
+      </c>
+      <c r="F27" t="s">
+        <v>133</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
         <v>2014</v>
       </c>
-      <c r="I21" t="s">
-[...79 lines deleted...]
-      <c r="G23">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>92</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>178</v>
+      </c>
+      <c r="M27" t="s">
+        <v>135</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>179</v>
+      </c>
+      <c r="P27" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>181</v>
+      </c>
+      <c r="B28" t="s">
+        <v>182</v>
+      </c>
+      <c r="C28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" t="s">
+        <v>48</v>
+      </c>
+      <c r="E28" t="s">
+        <v>49</v>
+      </c>
+      <c r="F28" t="s">
+        <v>133</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>92</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>183</v>
+      </c>
+      <c r="M28" t="s">
+        <v>135</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>184</v>
+      </c>
+      <c r="P28" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>186</v>
+      </c>
+      <c r="B29" t="s">
+        <v>187</v>
+      </c>
+      <c r="C29" t="s">
+        <v>71</v>
+      </c>
+      <c r="D29" t="s">
+        <v>48</v>
+      </c>
+      <c r="E29" t="s">
+        <v>49</v>
+      </c>
+      <c r="F29" t="s">
+        <v>133</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2003</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>92</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>188</v>
+      </c>
+      <c r="M29" t="s">
+        <v>135</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>189</v>
+      </c>
+      <c r="P29" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>191</v>
+      </c>
+      <c r="B30" t="s">
+        <v>192</v>
+      </c>
+      <c r="C30" t="s">
+        <v>71</v>
+      </c>
+      <c r="D30" t="s">
+        <v>42</v>
+      </c>
+      <c r="E30" t="s">
+        <v>49</v>
+      </c>
+      <c r="F30" t="s">
+        <v>133</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2013</v>
       </c>
-      <c r="H23"/>
-[...166 lines deleted...]
-      <c r="G27">
+      <c r="I30">
         <v>2014</v>
       </c>
-      <c r="H27"/>
-[...92 lines deleted...]
-      <c r="K29" t="s">
+      <c r="J30" t="s">
+        <v>92</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>193</v>
+      </c>
+      <c r="M30" t="s">
         <v>135</v>
       </c>
-      <c r="L29" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="N30" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>194</v>
+      </c>
+      <c r="P30" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>140</v>
+        <v>196</v>
       </c>
       <c r="B31" t="s">
-        <v>57</v>
+        <v>197</v>
       </c>
       <c r="C31" t="s">
         <v>71</v>
       </c>
       <c r="D31" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="E31" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F31" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>133</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
         <v>2014</v>
       </c>
-      <c r="H31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="K31" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>104</v>
+        <v>198</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="N31" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>199</v>
+      </c>
+      <c r="P31" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>143</v>
+        <v>201</v>
       </c>
       <c r="B32" t="s">
-        <v>57</v>
+        <v>202</v>
       </c>
       <c r="C32" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="D32" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E32" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F32" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>133</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32">
         <v>2014</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2020</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="K32" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>104</v>
+        <v>203</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="N32" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>204</v>
+      </c>
+      <c r="P32" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>146</v>
+        <v>206</v>
       </c>
       <c r="B33" t="s">
-        <v>57</v>
+        <v>207</v>
       </c>
       <c r="C33" t="s">
         <v>71</v>
       </c>
       <c r="D33" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="E33" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F33" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>133</v>
+      </c>
+      <c r="G33" t="s">
+        <v>34</v>
+      </c>
+      <c r="H33">
         <v>2016</v>
       </c>
-      <c r="H33"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="K33" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>104</v>
+        <v>208</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="N33" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>209</v>
+      </c>
+      <c r="P33" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>149</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>57</v>
+        <v>212</v>
       </c>
       <c r="C34" t="s">
         <v>71</v>
       </c>
       <c r="D34" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="E34" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F34" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>133</v>
+      </c>
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
         <v>2019</v>
       </c>
-      <c r="H34"/>
-      <c r="I34" t="s">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>92</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>213</v>
+      </c>
+      <c r="M34" t="s">
+        <v>135</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>214</v>
+      </c>
+      <c r="P34" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>216</v>
+      </c>
+      <c r="B35" t="s">
+        <v>217</v>
+      </c>
+      <c r="C35" t="s">
+        <v>71</v>
+      </c>
+      <c r="D35" t="s">
         <v>72</v>
       </c>
-      <c r="J34" t="s">
+      <c r="E35" t="s">
+        <v>49</v>
+      </c>
+      <c r="F35" t="s">
+        <v>133</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
+      <c r="J35" t="s">
+        <v>92</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>218</v>
+      </c>
+      <c r="M35" t="s">
+        <v>135</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>219</v>
+      </c>
+      <c r="P35" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>221</v>
+      </c>
+      <c r="B36" t="s">
+        <v>222</v>
+      </c>
+      <c r="C36" t="s">
+        <v>71</v>
+      </c>
+      <c r="D36" t="s">
+        <v>72</v>
+      </c>
+      <c r="E36" t="s">
+        <v>49</v>
+      </c>
+      <c r="F36" t="s">
+        <v>133</v>
+      </c>
+      <c r="G36" t="s">
+        <v>34</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36">
+        <v>2017</v>
+      </c>
+      <c r="J36" t="s">
+        <v>73</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>223</v>
+      </c>
+      <c r="M36" t="s">
+        <v>135</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>224</v>
+      </c>
+      <c r="P36" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>226</v>
+      </c>
+      <c r="B37" t="s">
+        <v>227</v>
+      </c>
+      <c r="C37" t="s">
+        <v>71</v>
+      </c>
+      <c r="D37" t="s">
+        <v>72</v>
+      </c>
+      <c r="E37" t="s">
+        <v>49</v>
+      </c>
+      <c r="F37" t="s">
+        <v>133</v>
+      </c>
+      <c r="G37" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37">
+        <v>2019</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>73</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>228</v>
+      </c>
+      <c r="M37" t="s">
+        <v>135</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>229</v>
+      </c>
+      <c r="P37" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>231</v>
+      </c>
+      <c r="B38" t="s">
+        <v>232</v>
+      </c>
+      <c r="C38" t="s">
+        <v>233</v>
+      </c>
+      <c r="D38" t="s">
+        <v>72</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...37 lines deleted...]
-      <c r="I35" t="s">
+      <c r="G38" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>234</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>235</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>236</v>
+      </c>
+      <c r="P38" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>238</v>
+      </c>
+      <c r="B39" t="s">
+        <v>239</v>
+      </c>
+      <c r="C39" t="s">
+        <v>233</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>133</v>
+      </c>
+      <c r="G39" t="s">
+        <v>34</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>234</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>240</v>
+      </c>
+      <c r="M39" t="s">
+        <v>235</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>241</v>
+      </c>
+      <c r="P39" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>243</v>
+      </c>
+      <c r="B40" t="s">
+        <v>244</v>
+      </c>
+      <c r="C40" t="s">
+        <v>233</v>
+      </c>
+      <c r="D40" t="s">
+        <v>245</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>246</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2023</v>
+      </c>
+      <c r="J40" t="s">
+        <v>247</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>235</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>248</v>
+      </c>
+      <c r="P40" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>250</v>
+      </c>
+      <c r="B41" t="s">
+        <v>251</v>
+      </c>
+      <c r="C41" t="s">
+        <v>252</v>
+      </c>
+      <c r="D41" t="s">
+        <v>253</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>34</v>
+      </c>
+      <c r="H41">
+        <v>2020</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>247</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>254</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>255</v>
+      </c>
+      <c r="P41" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>257</v>
+      </c>
+      <c r="B42" t="s">
+        <v>258</v>
+      </c>
+      <c r="C42" t="s">
+        <v>259</v>
+      </c>
+      <c r="D42" t="s">
+        <v>116</v>
+      </c>
+      <c r="E42" t="s">
+        <v>49</v>
+      </c>
+      <c r="F42" t="s">
+        <v>117</v>
+      </c>
+      <c r="G42" t="s">
+        <v>127</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>260</v>
+      </c>
+      <c r="M42" t="s">
+        <v>261</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>262</v>
+      </c>
+      <c r="P42" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>264</v>
+      </c>
+      <c r="B43" t="s">
+        <v>265</v>
+      </c>
+      <c r="C43" t="s">
+        <v>266</v>
+      </c>
+      <c r="D43" t="s">
+        <v>267</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>117</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>23</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>268</v>
+      </c>
+      <c r="M43" t="s">
+        <v>269</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>270</v>
+      </c>
+      <c r="P43" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>272</v>
+      </c>
+      <c r="B44" t="s">
+        <v>273</v>
+      </c>
+      <c r="C44" t="s">
+        <v>107</v>
+      </c>
+      <c r="D44" t="s">
         <v>72</v>
       </c>
-      <c r="J35" t="s">
-[...357 lines deleted...]
-      </c>
       <c r="E44" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F44" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>133</v>
+      </c>
+      <c r="G44" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44">
         <v>2013</v>
       </c>
-      <c r="H44"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K44" t="s">
-        <v>191</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>85</v>
+        <v>274</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>110</v>
       </c>
       <c r="N44" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>275</v>
+      </c>
+      <c r="P44" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>193</v>
+        <v>277</v>
       </c>
       <c r="B45" t="s">
-        <v>82</v>
+        <v>278</v>
       </c>
       <c r="C45" t="s">
-        <v>71</v>
+        <v>107</v>
       </c>
       <c r="D45" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="E45" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F45" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>133</v>
+      </c>
+      <c r="G45" t="s">
+        <v>34</v>
+      </c>
+      <c r="H45">
         <v>2013</v>
       </c>
-      <c r="H45"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K45" t="s">
-        <v>194</v>
+        <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>85</v>
+        <v>279</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>110</v>
       </c>
       <c r="N45" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>280</v>
+      </c>
+      <c r="P45" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>196</v>
+        <v>282</v>
       </c>
       <c r="B46" t="s">
-        <v>82</v>
+        <v>283</v>
       </c>
       <c r="C46" t="s">
-        <v>40</v>
+        <v>107</v>
       </c>
       <c r="D46" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E46" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F46" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>133</v>
+      </c>
+      <c r="G46" t="s">
+        <v>34</v>
+      </c>
+      <c r="H46">
         <v>2010</v>
       </c>
-      <c r="H46"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K46" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>198</v>
+        <v>284</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>285</v>
       </c>
       <c r="N46" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>286</v>
+      </c>
+      <c r="P46" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>200</v>
+        <v>288</v>
       </c>
       <c r="B47" t="s">
-        <v>82</v>
+        <v>289</v>
       </c>
       <c r="C47" t="s">
-        <v>40</v>
+        <v>107</v>
       </c>
       <c r="D47" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E47" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>133</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2002</v>
       </c>
-      <c r="H47">
+      <c r="I47">
         <v>2009</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K47" t="s">
-        <v>201</v>
+        <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>198</v>
+        <v>290</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>285</v>
       </c>
       <c r="N47" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>291</v>
+      </c>
+      <c r="P47" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>203</v>
+        <v>293</v>
       </c>
       <c r="B48" t="s">
-        <v>82</v>
+        <v>294</v>
       </c>
       <c r="C48" t="s">
-        <v>71</v>
+        <v>107</v>
       </c>
       <c r="D48" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="E48" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>133</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2013</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2015</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K48" t="s">
-        <v>204</v>
+        <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>198</v>
+        <v>295</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>285</v>
       </c>
       <c r="N48" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>296</v>
+      </c>
+      <c r="P48" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>206</v>
+        <v>298</v>
       </c>
       <c r="B49" t="s">
-        <v>82</v>
+        <v>299</v>
       </c>
       <c r="C49" t="s">
-        <v>58</v>
+        <v>107</v>
       </c>
       <c r="D49" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="E49" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>133</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
-      <c r="I49" t="s">
-        <v>83</v>
+      <c r="I49">
+        <v>2012</v>
       </c>
       <c r="J49" t="s">
+        <v>108</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>300</v>
+      </c>
+      <c r="M49" t="s">
+        <v>285</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>301</v>
+      </c>
+      <c r="P49" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>303</v>
+      </c>
+      <c r="B50" t="s">
+        <v>304</v>
+      </c>
+      <c r="C50" t="s">
+        <v>107</v>
+      </c>
+      <c r="D50" t="s">
+        <v>62</v>
+      </c>
+      <c r="E50" t="s">
+        <v>49</v>
+      </c>
+      <c r="F50" t="s">
+        <v>133</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1993</v>
+      </c>
+      <c r="I50">
+        <v>2013</v>
+      </c>
+      <c r="J50" t="s">
+        <v>108</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>305</v>
+      </c>
+      <c r="M50" t="s">
+        <v>110</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>306</v>
+      </c>
+      <c r="P50" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>308</v>
+      </c>
+      <c r="B51" t="s">
+        <v>309</v>
+      </c>
+      <c r="C51" t="s">
+        <v>107</v>
+      </c>
+      <c r="D51" t="s">
+        <v>310</v>
+      </c>
+      <c r="E51" t="s">
+        <v>49</v>
+      </c>
+      <c r="F51" t="s">
+        <v>133</v>
+      </c>
+      <c r="G51" t="s">
+        <v>34</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>311</v>
+      </c>
+      <c r="M51" t="s">
+        <v>110</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>312</v>
+      </c>
+      <c r="P51" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>314</v>
+      </c>
+      <c r="B52" t="s">
+        <v>315</v>
+      </c>
+      <c r="C52" t="s">
+        <v>107</v>
+      </c>
+      <c r="D52" t="s">
+        <v>310</v>
+      </c>
+      <c r="E52" t="s">
+        <v>49</v>
+      </c>
+      <c r="F52" t="s">
+        <v>133</v>
+      </c>
+      <c r="G52" t="s">
+        <v>34</v>
+      </c>
+      <c r="H52">
+        <v>2017</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>316</v>
+      </c>
+      <c r="M52" t="s">
+        <v>110</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>317</v>
+      </c>
+      <c r="P52" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>319</v>
+      </c>
+      <c r="B53" t="s">
+        <v>320</v>
+      </c>
+      <c r="C53" t="s">
+        <v>107</v>
+      </c>
+      <c r="D53" t="s">
+        <v>48</v>
+      </c>
+      <c r="E53" t="s">
+        <v>49</v>
+      </c>
+      <c r="F53" t="s">
+        <v>133</v>
+      </c>
+      <c r="G53" t="s">
+        <v>34</v>
+      </c>
+      <c r="H53">
+        <v>2014</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>108</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>321</v>
+      </c>
+      <c r="M53" t="s">
+        <v>110</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>322</v>
+      </c>
+      <c r="P53" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>324</v>
+      </c>
+      <c r="B54" t="s">
+        <v>325</v>
+      </c>
+      <c r="C54" t="s">
+        <v>107</v>
+      </c>
+      <c r="D54" t="s">
+        <v>310</v>
+      </c>
+      <c r="E54" t="s">
+        <v>49</v>
+      </c>
+      <c r="F54" t="s">
+        <v>133</v>
+      </c>
+      <c r="G54" t="s">
+        <v>34</v>
+      </c>
+      <c r="H54">
+        <v>2017</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>316</v>
+      </c>
+      <c r="M54" t="s">
+        <v>110</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>326</v>
+      </c>
+      <c r="P54" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>328</v>
+      </c>
+      <c r="B55" t="s">
+        <v>329</v>
+      </c>
+      <c r="C55" t="s">
+        <v>107</v>
+      </c>
+      <c r="D55" t="s">
+        <v>310</v>
+      </c>
+      <c r="E55" t="s">
+        <v>49</v>
+      </c>
+      <c r="F55" t="s">
+        <v>133</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55">
+        <v>2016</v>
+      </c>
+      <c r="J55" t="s">
+        <v>23</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>330</v>
+      </c>
+      <c r="M55" t="s">
+        <v>110</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>331</v>
+      </c>
+      <c r="P55" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>333</v>
+      </c>
+      <c r="B56" t="s">
+        <v>334</v>
+      </c>
+      <c r="C56" t="s">
+        <v>335</v>
+      </c>
+      <c r="D56" t="s">
+        <v>336</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>50</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1994</v>
+      </c>
+      <c r="I56">
+        <v>2003</v>
+      </c>
+      <c r="J56" t="s">
+        <v>35</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>337</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>338</v>
+      </c>
+      <c r="P56" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>340</v>
+      </c>
+      <c r="B57" t="s">
+        <v>341</v>
+      </c>
+      <c r="C57" t="s">
+        <v>335</v>
+      </c>
+      <c r="D57" t="s">
+        <v>48</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>50</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1996</v>
+      </c>
+      <c r="I57">
+        <v>2009</v>
+      </c>
+      <c r="J57" t="s">
+        <v>35</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>342</v>
+      </c>
+      <c r="M57" t="s">
+        <v>337</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>343</v>
+      </c>
+      <c r="P57" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>340</v>
+      </c>
+      <c r="B58" t="s">
+        <v>341</v>
+      </c>
+      <c r="C58" t="s">
+        <v>335</v>
+      </c>
+      <c r="D58" t="s">
+        <v>80</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>50</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1997</v>
+      </c>
+      <c r="I58">
+        <v>2009</v>
+      </c>
+      <c r="J58" t="s">
+        <v>35</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>344</v>
+      </c>
+      <c r="M58" t="s">
+        <v>337</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>345</v>
+      </c>
+      <c r="P58" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>346</v>
+      </c>
+      <c r="B59" t="s">
+        <v>347</v>
+      </c>
+      <c r="C59" t="s">
+        <v>348</v>
+      </c>
+      <c r="D59" t="s">
+        <v>48</v>
+      </c>
+      <c r="E59" t="s">
+        <v>49</v>
+      </c>
+      <c r="F59" t="s">
+        <v>50</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>349</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>350</v>
+      </c>
+      <c r="M59" t="s">
+        <v>351</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>352</v>
+      </c>
+      <c r="P59" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>354</v>
+      </c>
+      <c r="B60" t="s">
+        <v>355</v>
+      </c>
+      <c r="C60" t="s">
+        <v>356</v>
+      </c>
+      <c r="D60" t="s">
+        <v>357</v>
+      </c>
+      <c r="E60" t="s">
+        <v>49</v>
+      </c>
+      <c r="F60" t="s">
+        <v>117</v>
+      </c>
+      <c r="G60" t="s">
+        <v>34</v>
+      </c>
+      <c r="H60">
+        <v>2017</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>234</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>358</v>
+      </c>
+      <c r="M60" t="s">
+        <v>359</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>360</v>
+      </c>
+      <c r="P60" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>362</v>
+      </c>
+      <c r="B61" t="s">
+        <v>363</v>
+      </c>
+      <c r="C61" t="s">
+        <v>364</v>
+      </c>
+      <c r="D61" t="s">
+        <v>33</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>117</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2015</v>
+      </c>
+      <c r="I61">
+        <v>2023</v>
+      </c>
+      <c r="J61" t="s">
+        <v>365</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>366</v>
+      </c>
+      <c r="M61" t="s">
+        <v>367</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>368</v>
+      </c>
+      <c r="P61" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>370</v>
+      </c>
+      <c r="B62" t="s">
+        <v>371</v>
+      </c>
+      <c r="C62" t="s">
+        <v>364</v>
+      </c>
+      <c r="D62" t="s">
+        <v>42</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>117</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2009</v>
+      </c>
+      <c r="I62">
+        <v>2018</v>
+      </c>
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>372</v>
+      </c>
+      <c r="M62" t="s">
+        <v>367</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>373</v>
+      </c>
+      <c r="P62" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>375</v>
+      </c>
+      <c r="B63" t="s">
+        <v>376</v>
+      </c>
+      <c r="C63" t="s">
+        <v>107</v>
+      </c>
+      <c r="D63" t="s">
+        <v>48</v>
+      </c>
+      <c r="E63" t="s">
+        <v>49</v>
+      </c>
+      <c r="F63" t="s">
+        <v>133</v>
+      </c>
+      <c r="G63" t="s">
+        <v>34</v>
+      </c>
+      <c r="H63">
+        <v>2015</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>108</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>377</v>
+      </c>
+      <c r="M63" t="s">
+        <v>285</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>378</v>
+      </c>
+      <c r="P63" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>380</v>
+      </c>
+      <c r="B64" t="s">
+        <v>381</v>
+      </c>
+      <c r="C64" t="s">
+        <v>382</v>
+      </c>
+      <c r="D64" t="s">
+        <v>383</v>
+      </c>
+      <c r="E64" t="s">
+        <v>49</v>
+      </c>
+      <c r="F64" t="s">
+        <v>50</v>
+      </c>
+      <c r="G64" t="s">
+        <v>34</v>
+      </c>
+      <c r="H64">
+        <v>2013</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>51</v>
+      </c>
+      <c r="K64" t="s">
+        <v>384</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>385</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>386</v>
+      </c>
+      <c r="P64" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>388</v>
+      </c>
+      <c r="B65" t="s">
+        <v>389</v>
+      </c>
+      <c r="C65" t="s">
+        <v>390</v>
+      </c>
+      <c r="D65" t="s">
+        <v>48</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>117</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2022</v>
+      </c>
+      <c r="I65">
+        <v>2024</v>
+      </c>
+      <c r="J65" t="s">
+        <v>391</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>392</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>393</v>
+      </c>
+      <c r="P65" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>395</v>
+      </c>
+      <c r="B66" t="s">
+        <v>396</v>
+      </c>
+      <c r="C66" t="s">
+        <v>107</v>
+      </c>
+      <c r="D66" t="s">
+        <v>62</v>
+      </c>
+      <c r="E66" t="s">
+        <v>49</v>
+      </c>
+      <c r="F66" t="s">
         <v>21</v>
       </c>
-      <c r="K49" t="s">
-[...19 lines deleted...]
-      <c r="C50" t="s">
+      <c r="G66" t="s">
+        <v>34</v>
+      </c>
+      <c r="H66">
+        <v>2009</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>108</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>397</v>
+      </c>
+      <c r="M66" t="s">
+        <v>110</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>398</v>
+      </c>
+      <c r="P66" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>399</v>
+      </c>
+      <c r="B67" t="s">
+        <v>399</v>
+      </c>
+      <c r="C67" t="s">
+        <v>107</v>
+      </c>
+      <c r="D67" t="s">
+        <v>42</v>
+      </c>
+      <c r="E67" t="s">
+        <v>49</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2002</v>
+      </c>
+      <c r="I67">
+        <v>2001</v>
+      </c>
+      <c r="J67" t="s">
+        <v>108</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>110</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>400</v>
+      </c>
+      <c r="P67" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>401</v>
+      </c>
+      <c r="B68" t="s">
+        <v>402</v>
+      </c>
+      <c r="C68" t="s">
+        <v>71</v>
+      </c>
+      <c r="D68" t="s">
+        <v>62</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>403</v>
+      </c>
+      <c r="H68">
+        <v>2000</v>
+      </c>
+      <c r="I68">
+        <v>2012</v>
+      </c>
+      <c r="J68" t="s">
+        <v>404</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>405</v>
+      </c>
+      <c r="M68" t="s">
+        <v>75</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>406</v>
+      </c>
+      <c r="P68" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>408</v>
+      </c>
+      <c r="B69" t="s">
+        <v>409</v>
+      </c>
+      <c r="C69" t="s">
+        <v>71</v>
+      </c>
+      <c r="D69" t="s">
+        <v>410</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>1999</v>
+      </c>
+      <c r="I69">
+        <v>2022</v>
+      </c>
+      <c r="J69" t="s">
+        <v>404</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>411</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>412</v>
+      </c>
+      <c r="P69" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>414</v>
+      </c>
+      <c r="B70" t="s">
+        <v>415</v>
+      </c>
+      <c r="C70" t="s">
+        <v>71</v>
+      </c>
+      <c r="D70" t="s">
         <v>48</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50">
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2003</v>
+      </c>
+      <c r="I70">
         <v>2013</v>
       </c>
-      <c r="I50" t="s">
-[...2 lines deleted...]
-      <c r="J50" t="s">
+      <c r="J70" t="s">
+        <v>92</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>416</v>
+      </c>
+      <c r="M70" t="s">
+        <v>75</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>417</v>
+      </c>
+      <c r="P70" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>419</v>
+      </c>
+      <c r="B71" t="s">
+        <v>420</v>
+      </c>
+      <c r="C71" t="s">
+        <v>71</v>
+      </c>
+      <c r="D71" t="s">
+        <v>48</v>
+      </c>
+      <c r="E71" t="s">
+        <v>49</v>
+      </c>
+      <c r="F71" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...35 lines deleted...]
-      <c r="I51" t="s">
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2003</v>
+      </c>
+      <c r="I71">
+        <v>2014</v>
+      </c>
+      <c r="J71" t="s">
+        <v>92</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>421</v>
+      </c>
+      <c r="M71" t="s">
+        <v>75</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>422</v>
+      </c>
+      <c r="P71" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>424</v>
+      </c>
+      <c r="B72" t="s">
+        <v>168</v>
+      </c>
+      <c r="C72" t="s">
+        <v>71</v>
+      </c>
+      <c r="D72" t="s">
+        <v>72</v>
+      </c>
+      <c r="E72" t="s">
         <v>20</v>
       </c>
-      <c r="J51" t="s">
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K51" t="s">
-[...886 lines deleted...]
-        <v>2005</v>
+      <c r="G72" t="s">
+        <v>22</v>
       </c>
       <c r="H72">
         <v>2005</v>
       </c>
-      <c r="I72" t="s">
-        <v>72</v>
+      <c r="I72">
+        <v>2005</v>
       </c>
       <c r="J72" t="s">
+        <v>92</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>74</v>
+      </c>
+      <c r="M72" t="s">
+        <v>75</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>425</v>
+      </c>
+      <c r="P72" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>427</v>
+      </c>
+      <c r="B73" t="s">
+        <v>428</v>
+      </c>
+      <c r="C73" t="s">
+        <v>71</v>
+      </c>
+      <c r="D73" t="s">
+        <v>62</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
         <v>21</v>
       </c>
-      <c r="K72" t="s">
-[...32 lines deleted...]
-        <v>2005</v>
+      <c r="G73" t="s">
+        <v>403</v>
       </c>
       <c r="H73">
         <v>2005</v>
       </c>
-      <c r="I73" t="s">
+      <c r="I73">
+        <v>2004</v>
+      </c>
+      <c r="J73" t="s">
+        <v>404</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>140</v>
+      </c>
+      <c r="M73" t="s">
+        <v>75</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>429</v>
+      </c>
+      <c r="P73" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>431</v>
+      </c>
+      <c r="B74" t="s">
+        <v>432</v>
+      </c>
+      <c r="C74" t="s">
+        <v>71</v>
+      </c>
+      <c r="D74" t="s">
+        <v>62</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>403</v>
+      </c>
+      <c r="H74">
+        <v>2005</v>
+      </c>
+      <c r="I74">
+        <v>2015</v>
+      </c>
+      <c r="J74" t="s">
+        <v>404</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>433</v>
+      </c>
+      <c r="M74" t="s">
+        <v>75</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>434</v>
+      </c>
+      <c r="P74" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>436</v>
+      </c>
+      <c r="B75" t="s">
+        <v>437</v>
+      </c>
+      <c r="C75" t="s">
+        <v>71</v>
+      </c>
+      <c r="D75" t="s">
+        <v>48</v>
+      </c>
+      <c r="E75" t="s">
+        <v>49</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2003</v>
+      </c>
+      <c r="I75">
+        <v>2017</v>
+      </c>
+      <c r="J75" t="s">
+        <v>92</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>438</v>
+      </c>
+      <c r="M75" t="s">
+        <v>439</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>440</v>
+      </c>
+      <c r="P75" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>442</v>
+      </c>
+      <c r="B76" t="s">
+        <v>443</v>
+      </c>
+      <c r="C76" t="s">
+        <v>71</v>
+      </c>
+      <c r="D76" t="s">
+        <v>48</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2003</v>
+      </c>
+      <c r="I76">
+        <v>2013</v>
+      </c>
+      <c r="J76" t="s">
+        <v>92</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>444</v>
+      </c>
+      <c r="M76" t="s">
+        <v>75</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>445</v>
+      </c>
+      <c r="P76" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>447</v>
+      </c>
+      <c r="B77" t="s">
+        <v>448</v>
+      </c>
+      <c r="C77" t="s">
+        <v>71</v>
+      </c>
+      <c r="D77" t="s">
+        <v>62</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>403</v>
+      </c>
+      <c r="H77">
+        <v>2000</v>
+      </c>
+      <c r="I77">
+        <v>2012</v>
+      </c>
+      <c r="J77" t="s">
+        <v>92</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>449</v>
+      </c>
+      <c r="M77" t="s">
+        <v>75</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>450</v>
+      </c>
+      <c r="P77" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>452</v>
+      </c>
+      <c r="B78" t="s">
+        <v>453</v>
+      </c>
+      <c r="C78" t="s">
+        <v>71</v>
+      </c>
+      <c r="D78" t="s">
+        <v>33</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2003</v>
+      </c>
+      <c r="I78">
+        <v>2013</v>
+      </c>
+      <c r="J78" t="s">
+        <v>92</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>454</v>
+      </c>
+      <c r="M78" t="s">
+        <v>75</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>455</v>
+      </c>
+      <c r="P78" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>457</v>
+      </c>
+      <c r="B79" t="s">
+        <v>458</v>
+      </c>
+      <c r="C79" t="s">
+        <v>71</v>
+      </c>
+      <c r="D79" t="s">
+        <v>48</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2013</v>
+      </c>
+      <c r="I79">
+        <v>2020</v>
+      </c>
+      <c r="J79" t="s">
+        <v>92</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>459</v>
+      </c>
+      <c r="M79" t="s">
+        <v>75</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>460</v>
+      </c>
+      <c r="P79" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>462</v>
+      </c>
+      <c r="B80" t="s">
+        <v>463</v>
+      </c>
+      <c r="C80" t="s">
+        <v>71</v>
+      </c>
+      <c r="D80" t="s">
+        <v>48</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2005</v>
+      </c>
+      <c r="I80">
+        <v>2015</v>
+      </c>
+      <c r="J80" t="s">
+        <v>92</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>464</v>
+      </c>
+      <c r="M80" t="s">
+        <v>75</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>465</v>
+      </c>
+      <c r="P80" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>467</v>
+      </c>
+      <c r="B81" t="s">
+        <v>85</v>
+      </c>
+      <c r="C81" t="s">
+        <v>71</v>
+      </c>
+      <c r="D81" t="s">
         <v>72</v>
       </c>
-      <c r="J73" t="s">
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
         <v>21</v>
       </c>
-      <c r="K73" t="s">
-[...37 lines deleted...]
-      <c r="I74" t="s">
+      <c r="G81" t="s">
+        <v>34</v>
+      </c>
+      <c r="H81">
+        <v>2020</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>73</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>86</v>
+      </c>
+      <c r="M81" t="s">
+        <v>439</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>468</v>
+      </c>
+      <c r="P81" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>470</v>
+      </c>
+      <c r="B82" t="s">
+        <v>471</v>
+      </c>
+      <c r="C82" t="s">
+        <v>71</v>
+      </c>
+      <c r="D82" t="s">
         <v>72</v>
       </c>
-      <c r="J74" t="s">
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
         <v>21</v>
       </c>
-      <c r="K74" t="s">
-[...337 lines deleted...]
-      <c r="G82">
+      <c r="G82" t="s">
+        <v>8</v>
+      </c>
+      <c r="H82">
         <v>1989</v>
       </c>
-      <c r="H82">
+      <c r="I82">
         <v>2025</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J82" t="s">
-        <v>21</v>
+        <v>472</v>
       </c>
       <c r="K82" t="s">
-        <v>321</v>
+        <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>283</v>
+        <v>473</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>411</v>
       </c>
       <c r="N82" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>474</v>
+      </c>
+      <c r="P82" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>323</v>
+        <v>476</v>
       </c>
       <c r="B83" t="s">
-        <v>57</v>
+        <v>477</v>
       </c>
       <c r="C83" t="s">
         <v>71</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="E83" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G83">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>34</v>
+      </c>
+      <c r="H83">
         <v>2021</v>
       </c>
-      <c r="H83"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
+        <v>73</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>86</v>
+      </c>
+      <c r="M83" t="s">
+        <v>439</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>478</v>
+      </c>
+      <c r="P83" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>480</v>
+      </c>
+      <c r="B84" t="s">
+        <v>481</v>
+      </c>
+      <c r="C84" t="s">
+        <v>71</v>
+      </c>
+      <c r="D84" t="s">
+        <v>42</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
         <v>21</v>
       </c>
-      <c r="K83" t="s">
-[...19 lines deleted...]
-      <c r="C84" t="s">
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2003</v>
+      </c>
+      <c r="I84">
+        <v>2013</v>
+      </c>
+      <c r="J84" t="s">
+        <v>92</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>164</v>
+      </c>
+      <c r="M84" t="s">
+        <v>75</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>482</v>
+      </c>
+      <c r="P84" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>484</v>
+      </c>
+      <c r="B85" t="s">
+        <v>485</v>
+      </c>
+      <c r="C85" t="s">
+        <v>486</v>
+      </c>
+      <c r="D85" t="s">
+        <v>487</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>117</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2013</v>
+      </c>
+      <c r="I85">
+        <v>2024</v>
+      </c>
+      <c r="J85" t="s">
+        <v>488</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>489</v>
+      </c>
+      <c r="M85" t="s">
+        <v>490</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>491</v>
+      </c>
+      <c r="P85" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>484</v>
+      </c>
+      <c r="B86" t="s">
+        <v>493</v>
+      </c>
+      <c r="C86" t="s">
+        <v>494</v>
+      </c>
+      <c r="D86" t="s">
+        <v>495</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>117</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2015</v>
+      </c>
+      <c r="I86">
+        <v>2025</v>
+      </c>
+      <c r="J86" t="s">
+        <v>391</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>496</v>
+      </c>
+      <c r="M86" t="s">
+        <v>490</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>497</v>
+      </c>
+      <c r="P86" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>499</v>
+      </c>
+      <c r="B87" t="s">
+        <v>500</v>
+      </c>
+      <c r="C87" t="s">
+        <v>348</v>
+      </c>
+      <c r="D87" t="s">
+        <v>62</v>
+      </c>
+      <c r="E87" t="s">
+        <v>49</v>
+      </c>
+      <c r="F87" t="s">
+        <v>133</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2003</v>
+      </c>
+      <c r="I87">
+        <v>2012</v>
+      </c>
+      <c r="J87" t="s">
+        <v>51</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>501</v>
+      </c>
+      <c r="M87" t="s">
+        <v>502</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>503</v>
+      </c>
+      <c r="P87" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>505</v>
+      </c>
+      <c r="B88" t="s">
+        <v>506</v>
+      </c>
+      <c r="C88" t="s">
+        <v>507</v>
+      </c>
+      <c r="D88" t="s">
+        <v>62</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>117</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2002</v>
+      </c>
+      <c r="I88">
+        <v>2012</v>
+      </c>
+      <c r="J88" t="s">
+        <v>349</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>508</v>
+      </c>
+      <c r="M88" t="s">
+        <v>509</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>510</v>
+      </c>
+      <c r="P88" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>512</v>
+      </c>
+      <c r="B89" t="s">
+        <v>513</v>
+      </c>
+      <c r="C89" t="s">
+        <v>507</v>
+      </c>
+      <c r="D89" t="s">
+        <v>42</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2004</v>
+      </c>
+      <c r="I89">
+        <v>2017</v>
+      </c>
+      <c r="J89" t="s">
+        <v>349</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>514</v>
+      </c>
+      <c r="M89" t="s">
+        <v>509</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>515</v>
+      </c>
+      <c r="P89" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>517</v>
+      </c>
+      <c r="B90" t="s">
+        <v>518</v>
+      </c>
+      <c r="C90" t="s">
+        <v>507</v>
+      </c>
+      <c r="D90" t="s">
+        <v>519</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>117</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2009</v>
+      </c>
+      <c r="I90">
+        <v>2016</v>
+      </c>
+      <c r="J90" t="s">
+        <v>349</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>520</v>
+      </c>
+      <c r="M90" t="s">
+        <v>509</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>521</v>
+      </c>
+      <c r="P90" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>523</v>
+      </c>
+      <c r="B91" t="s">
+        <v>524</v>
+      </c>
+      <c r="C91" t="s">
+        <v>507</v>
+      </c>
+      <c r="D91" t="s">
+        <v>48</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>525</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91">
+        <v>2025</v>
+      </c>
+      <c r="J91" t="s">
+        <v>526</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>527</v>
+      </c>
+      <c r="M91" t="s">
+        <v>528</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>529</v>
+      </c>
+      <c r="P91" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>531</v>
+      </c>
+      <c r="B92" t="s">
+        <v>532</v>
+      </c>
+      <c r="C92" t="s">
+        <v>507</v>
+      </c>
+      <c r="D92" t="s">
+        <v>533</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2009</v>
+      </c>
+      <c r="I92">
+        <v>2017</v>
+      </c>
+      <c r="J92" t="s">
+        <v>349</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>534</v>
+      </c>
+      <c r="M92" t="s">
+        <v>509</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>535</v>
+      </c>
+      <c r="P92" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>537</v>
+      </c>
+      <c r="B93" t="s">
+        <v>538</v>
+      </c>
+      <c r="C93" t="s">
+        <v>107</v>
+      </c>
+      <c r="D93" t="s">
+        <v>72</v>
+      </c>
+      <c r="E93" t="s">
+        <v>49</v>
+      </c>
+      <c r="F93" t="s">
+        <v>133</v>
+      </c>
+      <c r="G93" t="s">
+        <v>34</v>
+      </c>
+      <c r="H93">
+        <v>2013</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>108</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>285</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>539</v>
+      </c>
+      <c r="P93" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>541</v>
+      </c>
+      <c r="B94" t="s">
+        <v>542</v>
+      </c>
+      <c r="C94" t="s">
+        <v>107</v>
+      </c>
+      <c r="D94" t="s">
+        <v>48</v>
+      </c>
+      <c r="E94" t="s">
+        <v>49</v>
+      </c>
+      <c r="F94" t="s">
+        <v>133</v>
+      </c>
+      <c r="G94" t="s">
+        <v>34</v>
+      </c>
+      <c r="H94">
+        <v>2014</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>108</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>285</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>543</v>
+      </c>
+      <c r="P94" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>545</v>
+      </c>
+      <c r="B95" t="s">
+        <v>546</v>
+      </c>
+      <c r="C95" t="s">
+        <v>107</v>
+      </c>
+      <c r="D95" t="s">
+        <v>48</v>
+      </c>
+      <c r="E95" t="s">
+        <v>49</v>
+      </c>
+      <c r="F95" t="s">
+        <v>133</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2001</v>
+      </c>
+      <c r="I95">
+        <v>2013</v>
+      </c>
+      <c r="J95" t="s">
+        <v>108</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>110</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>547</v>
+      </c>
+      <c r="P95" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>549</v>
+      </c>
+      <c r="B96" t="s">
+        <v>550</v>
+      </c>
+      <c r="C96" t="s">
+        <v>107</v>
+      </c>
+      <c r="D96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E96" t="s">
+        <v>49</v>
+      </c>
+      <c r="F96" t="s">
+        <v>133</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2002</v>
+      </c>
+      <c r="I96">
+        <v>2013</v>
+      </c>
+      <c r="J96" t="s">
+        <v>108</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>285</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>551</v>
+      </c>
+      <c r="P96" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>553</v>
+      </c>
+      <c r="B97" t="s">
+        <v>554</v>
+      </c>
+      <c r="C97" t="s">
+        <v>494</v>
+      </c>
+      <c r="D97" t="s">
+        <v>336</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>34</v>
+      </c>
+      <c r="H97">
+        <v>2015</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>555</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>556</v>
+      </c>
+      <c r="M97" t="s">
+        <v>490</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>557</v>
+      </c>
+      <c r="P97" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>559</v>
+      </c>
+      <c r="B98" t="s">
+        <v>560</v>
+      </c>
+      <c r="C98" t="s">
+        <v>335</v>
+      </c>
+      <c r="D98" t="s">
+        <v>48</v>
+      </c>
+      <c r="E98" t="s">
+        <v>49</v>
+      </c>
+      <c r="F98" t="s">
+        <v>133</v>
+      </c>
+      <c r="G98" t="s">
+        <v>34</v>
+      </c>
+      <c r="H98">
+        <v>2012</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
         <v>35</v>
       </c>
-      <c r="D84" t="s">
-[...102 lines deleted...]
-      <c r="I86" t="s">
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>337</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>561</v>
+      </c>
+      <c r="P98" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>559</v>
+      </c>
+      <c r="B99" t="s">
+        <v>563</v>
+      </c>
+      <c r="C99" t="s">
         <v>335</v>
       </c>
-      <c r="J86" t="s">
-[...11 lines deleted...]
-      <c r="N86" t="s">
+      <c r="D99" t="s">
+        <v>48</v>
+      </c>
+      <c r="E99" t="s">
+        <v>49</v>
+      </c>
+      <c r="F99" t="s">
+        <v>133</v>
+      </c>
+      <c r="G99" t="s">
+        <v>34</v>
+      </c>
+      <c r="H99">
+        <v>2012</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>35</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
         <v>337</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C87" t="s">
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>564</v>
+      </c>
+      <c r="P99" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>559</v>
+      </c>
+      <c r="B100" t="s">
+        <v>565</v>
+      </c>
+      <c r="C100" t="s">
+        <v>335</v>
+      </c>
+      <c r="D100" t="s">
         <v>48</v>
       </c>
-      <c r="D87" t="s">
-[...549 lines deleted...]
-      </c>
       <c r="E100" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F100" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>133</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
       </c>
       <c r="H100">
         <v>2012</v>
       </c>
-      <c r="I100" t="s">
-        <v>30</v>
+      <c r="I100">
+        <v>2012</v>
       </c>
       <c r="J100" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
       <c r="M100" t="s">
-        <v>24</v>
+        <v>337</v>
       </c>
       <c r="N100" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>566</v>
+      </c>
+      <c r="P100" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>376</v>
+        <v>559</v>
       </c>
       <c r="B101" t="s">
-        <v>228</v>
+        <v>567</v>
       </c>
       <c r="C101" t="s">
-        <v>58</v>
+        <v>335</v>
       </c>
       <c r="D101" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="E101" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="F101" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>133</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
       </c>
       <c r="H101">
         <v>2012</v>
       </c>
-      <c r="I101" t="s">
-        <v>30</v>
+      <c r="I101">
+        <v>2012</v>
       </c>
       <c r="J101" t="s">
+        <v>35</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>337</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>568</v>
+      </c>
+      <c r="P101" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>569</v>
+      </c>
+      <c r="B102" t="s">
+        <v>570</v>
+      </c>
+      <c r="C102" t="s">
+        <v>335</v>
+      </c>
+      <c r="D102" t="s">
+        <v>62</v>
+      </c>
+      <c r="E102" t="s">
+        <v>49</v>
+      </c>
+      <c r="F102" t="s">
+        <v>133</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>1996</v>
+      </c>
+      <c r="I102">
+        <v>2012</v>
+      </c>
+      <c r="J102" t="s">
+        <v>571</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>572</v>
+      </c>
+      <c r="M102" t="s">
+        <v>337</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>573</v>
+      </c>
+      <c r="P102" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>575</v>
+      </c>
+      <c r="B103" t="s">
+        <v>576</v>
+      </c>
+      <c r="C103" t="s">
+        <v>335</v>
+      </c>
+      <c r="D103" t="s">
+        <v>154</v>
+      </c>
+      <c r="E103" t="s">
+        <v>49</v>
+      </c>
+      <c r="F103" t="s">
+        <v>133</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>1996</v>
+      </c>
+      <c r="I103">
+        <v>2010</v>
+      </c>
+      <c r="J103" t="s">
+        <v>571</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>337</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>577</v>
+      </c>
+      <c r="P103" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>578</v>
+      </c>
+      <c r="B104" t="s">
+        <v>72</v>
+      </c>
+      <c r="C104" t="s">
+        <v>335</v>
+      </c>
+      <c r="D104" t="s">
+        <v>72</v>
+      </c>
+      <c r="E104" t="s">
+        <v>49</v>
+      </c>
+      <c r="F104" t="s">
+        <v>133</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>1996</v>
+      </c>
+      <c r="I104">
+        <v>2010</v>
+      </c>
+      <c r="J104" t="s">
+        <v>579</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>337</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>580</v>
+      </c>
+      <c r="P104" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>582</v>
+      </c>
+      <c r="B105" t="s">
+        <v>583</v>
+      </c>
+      <c r="C105" t="s">
+        <v>252</v>
+      </c>
+      <c r="D105" t="s">
+        <v>495</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>117</v>
+      </c>
+      <c r="G105" t="s">
+        <v>34</v>
+      </c>
+      <c r="H105">
+        <v>2021</v>
+      </c>
+      <c r="I105">
+        <v>2024</v>
+      </c>
+      <c r="J105" t="s">
+        <v>584</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>585</v>
+      </c>
+      <c r="M105" t="s">
+        <v>254</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>586</v>
+      </c>
+      <c r="P105" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>588</v>
+      </c>
+      <c r="B106" t="s">
+        <v>589</v>
+      </c>
+      <c r="C106" t="s">
+        <v>107</v>
+      </c>
+      <c r="D106" t="s">
+        <v>48</v>
+      </c>
+      <c r="E106" t="s">
+        <v>49</v>
+      </c>
+      <c r="F106" t="s">
         <v>21</v>
       </c>
-      <c r="K101"/>
-[...202 lines deleted...]
-        <v>2012</v>
+      <c r="G106" t="s">
+        <v>22</v>
       </c>
       <c r="H106">
         <v>2012</v>
       </c>
-      <c r="I106" t="s">
-        <v>83</v>
+      <c r="I106">
+        <v>2012</v>
       </c>
       <c r="J106" t="s">
+        <v>108</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>590</v>
+      </c>
+      <c r="M106" t="s">
+        <v>285</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>591</v>
+      </c>
+      <c r="P106" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>592</v>
+      </c>
+      <c r="B107" t="s">
+        <v>593</v>
+      </c>
+      <c r="C107" t="s">
+        <v>594</v>
+      </c>
+      <c r="D107" t="s">
+        <v>595</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>117</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2008</v>
+      </c>
+      <c r="I107">
+        <v>2020</v>
+      </c>
+      <c r="J107" t="s">
+        <v>118</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>596</v>
+      </c>
+      <c r="M107" t="s">
+        <v>597</v>
+      </c>
+      <c r="N107" t="s">
+        <v>598</v>
+      </c>
+      <c r="O107" t="s">
+        <v>599</v>
+      </c>
+      <c r="P107" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>601</v>
+      </c>
+      <c r="B108" t="s">
+        <v>602</v>
+      </c>
+      <c r="C108" t="s">
+        <v>266</v>
+      </c>
+      <c r="D108" t="s">
+        <v>495</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>50</v>
+      </c>
+      <c r="G108" t="s">
+        <v>8</v>
+      </c>
+      <c r="H108">
+        <v>2015</v>
+      </c>
+      <c r="I108">
+        <v>2019</v>
+      </c>
+      <c r="J108" t="s">
+        <v>349</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>603</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>604</v>
+      </c>
+      <c r="P108" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>606</v>
+      </c>
+      <c r="B109" t="s">
+        <v>607</v>
+      </c>
+      <c r="C109" t="s">
+        <v>266</v>
+      </c>
+      <c r="D109" t="s">
+        <v>495</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>50</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2015</v>
+      </c>
+      <c r="I109">
+        <v>2024</v>
+      </c>
+      <c r="J109" t="s">
+        <v>608</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>603</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>609</v>
+      </c>
+      <c r="P109" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>610</v>
+      </c>
+      <c r="B110" t="s">
+        <v>611</v>
+      </c>
+      <c r="C110" t="s">
+        <v>335</v>
+      </c>
+      <c r="D110" t="s">
+        <v>62</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
         <v>21</v>
       </c>
-      <c r="K106" t="s">
-[...31 lines deleted...]
-      <c r="G107">
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>1994</v>
+      </c>
+      <c r="I110">
+        <v>2003</v>
+      </c>
+      <c r="J110" t="s">
+        <v>571</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>572</v>
+      </c>
+      <c r="M110" t="s">
+        <v>337</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>612</v>
+      </c>
+      <c r="P110" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>614</v>
+      </c>
+      <c r="B111" t="s">
+        <v>615</v>
+      </c>
+      <c r="C111" t="s">
+        <v>32</v>
+      </c>
+      <c r="D111" t="s">
+        <v>62</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>34</v>
+      </c>
+      <c r="H111">
+        <v>2002</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>108</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>37</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>616</v>
+      </c>
+      <c r="P111" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>618</v>
+      </c>
+      <c r="B112" t="s">
+        <v>619</v>
+      </c>
+      <c r="C112" t="s">
+        <v>620</v>
+      </c>
+      <c r="D112" t="s">
+        <v>495</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>34</v>
+      </c>
+      <c r="H112">
+        <v>2018</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>247</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>621</v>
+      </c>
+      <c r="M112" t="s">
+        <v>622</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>623</v>
+      </c>
+      <c r="P112" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>625</v>
+      </c>
+      <c r="B113" t="s">
+        <v>626</v>
+      </c>
+      <c r="C113" t="s">
+        <v>620</v>
+      </c>
+      <c r="D113" t="s">
+        <v>627</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>34</v>
+      </c>
+      <c r="H113">
+        <v>2018</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>247</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>628</v>
+      </c>
+      <c r="M113" t="s">
+        <v>622</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>629</v>
+      </c>
+      <c r="P113" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>630</v>
+      </c>
+      <c r="B114" t="s">
+        <v>334</v>
+      </c>
+      <c r="C114" t="s">
+        <v>335</v>
+      </c>
+      <c r="D114" t="s">
+        <v>495</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>1994</v>
+      </c>
+      <c r="I114">
+        <v>2003</v>
+      </c>
+      <c r="J114" t="s">
+        <v>35</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>337</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>631</v>
+      </c>
+      <c r="P114" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>632</v>
+      </c>
+      <c r="B115" t="s">
+        <v>633</v>
+      </c>
+      <c r="C115" t="s">
+        <v>335</v>
+      </c>
+      <c r="D115" t="s">
+        <v>62</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>1994</v>
+      </c>
+      <c r="I115">
+        <v>2004</v>
+      </c>
+      <c r="J115" t="s">
+        <v>571</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>634</v>
+      </c>
+      <c r="M115" t="s">
+        <v>337</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>635</v>
+      </c>
+      <c r="P115" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>636</v>
+      </c>
+      <c r="B116" t="s">
+        <v>637</v>
+      </c>
+      <c r="C116" t="s">
+        <v>266</v>
+      </c>
+      <c r="D116" t="s">
+        <v>638</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>8</v>
+      </c>
+      <c r="H116">
+        <v>2015</v>
+      </c>
+      <c r="I116">
+        <v>2019</v>
+      </c>
+      <c r="J116" t="s">
+        <v>349</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>639</v>
+      </c>
+      <c r="M116" t="s">
+        <v>603</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>640</v>
+      </c>
+      <c r="P116" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>642</v>
+      </c>
+      <c r="B117" t="s">
+        <v>643</v>
+      </c>
+      <c r="C117" t="s">
+        <v>266</v>
+      </c>
+      <c r="D117" t="s">
+        <v>495</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>8</v>
+      </c>
+      <c r="H117">
+        <v>2015</v>
+      </c>
+      <c r="I117">
+        <v>2024</v>
+      </c>
+      <c r="J117" t="s">
+        <v>608</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>603</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>644</v>
+      </c>
+      <c r="P117" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>646</v>
+      </c>
+      <c r="B118" t="s">
+        <v>647</v>
+      </c>
+      <c r="C118" t="s">
+        <v>620</v>
+      </c>
+      <c r="D118" t="s">
+        <v>48</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>34</v>
+      </c>
+      <c r="H118">
+        <v>2018</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>247</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>648</v>
+      </c>
+      <c r="M118" t="s">
+        <v>622</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>649</v>
+      </c>
+      <c r="P118" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>646</v>
+      </c>
+      <c r="B119" t="s">
+        <v>341</v>
+      </c>
+      <c r="C119" t="s">
+        <v>335</v>
+      </c>
+      <c r="D119" t="s">
+        <v>48</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2009</v>
+      </c>
+      <c r="I119">
+        <v>2014</v>
+      </c>
+      <c r="J119" t="s">
+        <v>35</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>342</v>
+      </c>
+      <c r="M119" t="s">
+        <v>337</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>650</v>
+      </c>
+      <c r="P119" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>652</v>
+      </c>
+      <c r="B120" t="s">
+        <v>653</v>
+      </c>
+      <c r="C120" t="s">
+        <v>390</v>
+      </c>
+      <c r="D120" t="s">
+        <v>654</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>117</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2022</v>
+      </c>
+      <c r="I120">
+        <v>2024</v>
+      </c>
+      <c r="J120" t="s">
+        <v>655</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>656</v>
+      </c>
+      <c r="M120" t="s">
+        <v>657</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>658</v>
+      </c>
+      <c r="P120" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>660</v>
+      </c>
+      <c r="B121" t="s">
+        <v>661</v>
+      </c>
+      <c r="C121" t="s">
+        <v>32</v>
+      </c>
+      <c r="D121" t="s">
+        <v>33</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>127</v>
+      </c>
+      <c r="H121"/>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>35</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>662</v>
+      </c>
+      <c r="M121" t="s">
+        <v>37</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>663</v>
+      </c>
+      <c r="P121" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>664</v>
+      </c>
+      <c r="B122" t="s">
+        <v>665</v>
+      </c>
+      <c r="C122" t="s">
+        <v>620</v>
+      </c>
+      <c r="D122" t="s">
+        <v>42</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>34</v>
+      </c>
+      <c r="H122">
+        <v>2018</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>247</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>666</v>
+      </c>
+      <c r="M122" t="s">
+        <v>622</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>667</v>
+      </c>
+      <c r="P122" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>668</v>
+      </c>
+      <c r="B123"/>
+      <c r="C123" t="s">
+        <v>107</v>
+      </c>
+      <c r="D123" t="s">
+        <v>48</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>34</v>
+      </c>
+      <c r="H123">
+        <v>2010</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>23</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>110</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>669</v>
+      </c>
+      <c r="P123" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>671</v>
+      </c>
+      <c r="B124" t="s">
+        <v>672</v>
+      </c>
+      <c r="C124" t="s">
+        <v>107</v>
+      </c>
+      <c r="D124" t="s">
+        <v>487</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2001</v>
+      </c>
+      <c r="I124">
+        <v>2018</v>
+      </c>
+      <c r="J124" t="s">
+        <v>23</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>110</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>673</v>
+      </c>
+      <c r="P124" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>674</v>
+      </c>
+      <c r="B125"/>
+      <c r="C125" t="s">
+        <v>107</v>
+      </c>
+      <c r="D125" t="s">
+        <v>62</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>34</v>
+      </c>
+      <c r="H125">
+        <v>2009</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>23</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>110</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>675</v>
+      </c>
+      <c r="P125" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>676</v>
+      </c>
+      <c r="B126"/>
+      <c r="C126" t="s">
+        <v>107</v>
+      </c>
+      <c r="D126" t="s">
+        <v>48</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>34</v>
+      </c>
+      <c r="H126">
+        <v>2012</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>23</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>110</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>677</v>
+      </c>
+      <c r="P126" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>678</v>
+      </c>
+      <c r="B127"/>
+      <c r="C127" t="s">
+        <v>107</v>
+      </c>
+      <c r="D127" t="s">
+        <v>487</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>34</v>
+      </c>
+      <c r="H127">
+        <v>2014</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>23</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>110</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>679</v>
+      </c>
+      <c r="P127" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>680</v>
+      </c>
+      <c r="B128"/>
+      <c r="C128" t="s">
+        <v>107</v>
+      </c>
+      <c r="D128" t="s">
+        <v>681</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>34</v>
+      </c>
+      <c r="H128">
+        <v>2010</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>23</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>110</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>682</v>
+      </c>
+      <c r="P128" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>683</v>
+      </c>
+      <c r="B129" t="s">
+        <v>684</v>
+      </c>
+      <c r="C129" t="s">
+        <v>382</v>
+      </c>
+      <c r="D129" t="s">
+        <v>383</v>
+      </c>
+      <c r="E129" t="s">
+        <v>49</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>34</v>
+      </c>
+      <c r="H129">
+        <v>2013</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>51</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>385</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>685</v>
+      </c>
+      <c r="P129" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>686</v>
+      </c>
+      <c r="B130" t="s">
+        <v>687</v>
+      </c>
+      <c r="C130" t="s">
+        <v>390</v>
+      </c>
+      <c r="D130" t="s">
+        <v>688</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>117</v>
+      </c>
+      <c r="G130" t="s">
+        <v>34</v>
+      </c>
+      <c r="H130">
+        <v>2021</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>23</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>657</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>689</v>
+      </c>
+      <c r="P130" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>691</v>
+      </c>
+      <c r="B131" t="s">
+        <v>692</v>
+      </c>
+      <c r="C131" t="s">
+        <v>390</v>
+      </c>
+      <c r="D131" t="s">
+        <v>33</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>50</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2013</v>
+      </c>
+      <c r="I131">
+        <v>2016</v>
+      </c>
+      <c r="J131" t="s">
+        <v>23</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>693</v>
+      </c>
+      <c r="M131" t="s">
+        <v>657</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>694</v>
+      </c>
+      <c r="P131" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>696</v>
+      </c>
+      <c r="B132" t="s">
+        <v>697</v>
+      </c>
+      <c r="C132" t="s">
+        <v>348</v>
+      </c>
+      <c r="D132" t="s">
+        <v>42</v>
+      </c>
+      <c r="E132" t="s">
+        <v>49</v>
+      </c>
+      <c r="F132" t="s">
+        <v>698</v>
+      </c>
+      <c r="G132" t="s">
+        <v>34</v>
+      </c>
+      <c r="H132">
+        <v>2015</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>699</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>700</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>701</v>
+      </c>
+      <c r="P132" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>703</v>
+      </c>
+      <c r="B133" t="s">
+        <v>704</v>
+      </c>
+      <c r="C133" t="s">
+        <v>348</v>
+      </c>
+      <c r="D133" t="s">
+        <v>705</v>
+      </c>
+      <c r="E133" t="s">
+        <v>49</v>
+      </c>
+      <c r="F133" t="s">
+        <v>698</v>
+      </c>
+      <c r="G133" t="s">
+        <v>34</v>
+      </c>
+      <c r="H133">
+        <v>2015</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>699</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>706</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>707</v>
+      </c>
+      <c r="P133" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>709</v>
+      </c>
+      <c r="B134" t="s">
+        <v>710</v>
+      </c>
+      <c r="C134" t="s">
+        <v>348</v>
+      </c>
+      <c r="D134" t="s">
+        <v>48</v>
+      </c>
+      <c r="E134" t="s">
+        <v>49</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>34</v>
+      </c>
+      <c r="H134">
+        <v>2015</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>699</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>700</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>711</v>
+      </c>
+      <c r="P134" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>713</v>
+      </c>
+      <c r="B135" t="s">
+        <v>714</v>
+      </c>
+      <c r="C135" t="s">
+        <v>348</v>
+      </c>
+      <c r="D135" t="s">
+        <v>705</v>
+      </c>
+      <c r="E135" t="s">
+        <v>49</v>
+      </c>
+      <c r="F135" t="s">
+        <v>698</v>
+      </c>
+      <c r="G135" t="s">
+        <v>34</v>
+      </c>
+      <c r="H135">
+        <v>2015</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>699</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>700</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>715</v>
+      </c>
+      <c r="P135" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>717</v>
+      </c>
+      <c r="B136" t="s">
+        <v>718</v>
+      </c>
+      <c r="C136" t="s">
+        <v>348</v>
+      </c>
+      <c r="D136" t="s">
+        <v>705</v>
+      </c>
+      <c r="E136" t="s">
+        <v>49</v>
+      </c>
+      <c r="F136" t="s">
+        <v>698</v>
+      </c>
+      <c r="G136" t="s">
+        <v>34</v>
+      </c>
+      <c r="H136">
+        <v>2015</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>699</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>700</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>719</v>
+      </c>
+      <c r="P136" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>721</v>
+      </c>
+      <c r="B137" t="s">
+        <v>722</v>
+      </c>
+      <c r="C137" t="s">
+        <v>723</v>
+      </c>
+      <c r="D137" t="s">
+        <v>336</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>117</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2020</v>
+      </c>
+      <c r="I137">
+        <v>2024</v>
+      </c>
+      <c r="J137" t="s">
+        <v>584</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>724</v>
+      </c>
+      <c r="M137" t="s">
+        <v>725</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>726</v>
+      </c>
+      <c r="P137" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>728</v>
+      </c>
+      <c r="B138" t="s">
+        <v>729</v>
+      </c>
+      <c r="C138" t="s">
+        <v>252</v>
+      </c>
+      <c r="D138" t="s">
+        <v>62</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>50</v>
+      </c>
+      <c r="G138" t="s">
+        <v>34</v>
+      </c>
+      <c r="H138">
+        <v>2002</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>234</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>254</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>730</v>
+      </c>
+      <c r="P138" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>732</v>
+      </c>
+      <c r="B139" t="s">
+        <v>733</v>
+      </c>
+      <c r="C139" t="s">
+        <v>252</v>
+      </c>
+      <c r="D139" t="s">
+        <v>42</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>117</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2007</v>
+      </c>
+      <c r="I139">
+        <v>2013</v>
+      </c>
+      <c r="J139" t="s">
+        <v>234</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>734</v>
+      </c>
+      <c r="M139" t="s">
+        <v>254</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>735</v>
+      </c>
+      <c r="P139" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>737</v>
+      </c>
+      <c r="B140" t="s">
+        <v>733</v>
+      </c>
+      <c r="C140" t="s">
+        <v>252</v>
+      </c>
+      <c r="D140" t="s">
+        <v>42</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>50</v>
+      </c>
+      <c r="G140" t="s">
+        <v>34</v>
+      </c>
+      <c r="H140">
+        <v>2006</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>234</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>738</v>
+      </c>
+      <c r="M140" t="s">
+        <v>254</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>739</v>
+      </c>
+      <c r="P140" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>741</v>
+      </c>
+      <c r="B141" t="s">
+        <v>742</v>
+      </c>
+      <c r="C141" t="s">
+        <v>252</v>
+      </c>
+      <c r="D141" t="s">
+        <v>33</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>50</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2007</v>
+      </c>
+      <c r="I141">
+        <v>2015</v>
+      </c>
+      <c r="J141" t="s">
+        <v>234</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" t="s">
+        <v>743</v>
+      </c>
+      <c r="M141" t="s">
+        <v>254</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>744</v>
+      </c>
+      <c r="P141" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>746</v>
+      </c>
+      <c r="B142" t="s">
+        <v>742</v>
+      </c>
+      <c r="C142" t="s">
+        <v>252</v>
+      </c>
+      <c r="D142" t="s">
+        <v>62</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>50</v>
+      </c>
+      <c r="G142" t="s">
+        <v>34</v>
+      </c>
+      <c r="H142">
+        <v>2007</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>234</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>747</v>
+      </c>
+      <c r="M142" t="s">
+        <v>254</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>748</v>
+      </c>
+      <c r="P142" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>749</v>
+      </c>
+      <c r="B143" t="s">
+        <v>750</v>
+      </c>
+      <c r="C143" t="s">
+        <v>751</v>
+      </c>
+      <c r="D143" t="s">
+        <v>752</v>
+      </c>
+      <c r="E143" t="s">
+        <v>753</v>
+      </c>
+      <c r="F143" t="s">
+        <v>117</v>
+      </c>
+      <c r="G143" t="s">
+        <v>127</v>
+      </c>
+      <c r="H143"/>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>608</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143"/>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>754</v>
+      </c>
+      <c r="P143" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>756</v>
+      </c>
+      <c r="B144" t="s">
+        <v>757</v>
+      </c>
+      <c r="C144" t="s">
+        <v>758</v>
+      </c>
+      <c r="D144" t="s">
+        <v>116</v>
+      </c>
+      <c r="E144" t="s">
+        <v>49</v>
+      </c>
+      <c r="F144" t="s">
+        <v>117</v>
+      </c>
+      <c r="G144" t="s">
+        <v>127</v>
+      </c>
+      <c r="H144"/>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>571</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" t="s">
+        <v>119</v>
+      </c>
+      <c r="M144" t="s">
+        <v>759</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>760</v>
+      </c>
+      <c r="P144" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>762</v>
+      </c>
+      <c r="B145" t="s">
+        <v>763</v>
+      </c>
+      <c r="C145" t="s">
+        <v>107</v>
+      </c>
+      <c r="D145" t="s">
+        <v>48</v>
+      </c>
+      <c r="E145" t="s">
+        <v>49</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2010</v>
+      </c>
+      <c r="I145">
+        <v>2017</v>
+      </c>
+      <c r="J145" t="s">
+        <v>108</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145" t="s">
+        <v>764</v>
+      </c>
+      <c r="M145" t="s">
+        <v>110</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>765</v>
+      </c>
+      <c r="P145" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>767</v>
+      </c>
+      <c r="B146" t="s">
+        <v>768</v>
+      </c>
+      <c r="C146" t="s">
+        <v>620</v>
+      </c>
+      <c r="D146" t="s">
+        <v>769</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>50</v>
+      </c>
+      <c r="G146" t="s">
+        <v>34</v>
+      </c>
+      <c r="H146">
+        <v>2018</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>118</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>622</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>770</v>
+      </c>
+      <c r="P146" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>772</v>
+      </c>
+      <c r="B147" t="s">
+        <v>773</v>
+      </c>
+      <c r="C147" t="s">
+        <v>364</v>
+      </c>
+      <c r="D147" t="s">
+        <v>62</v>
+      </c>
+      <c r="E147" t="s">
+        <v>49</v>
+      </c>
+      <c r="F147" t="s">
+        <v>117</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2013</v>
+      </c>
+      <c r="I147">
+        <v>2016</v>
+      </c>
+      <c r="J147" t="s">
+        <v>23</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>774</v>
+      </c>
+      <c r="M147" t="s">
+        <v>367</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>775</v>
+      </c>
+      <c r="P147" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>777</v>
+      </c>
+      <c r="B148" t="s">
+        <v>778</v>
+      </c>
+      <c r="C148" t="s">
+        <v>107</v>
+      </c>
+      <c r="D148" t="s">
+        <v>48</v>
+      </c>
+      <c r="E148" t="s">
+        <v>49</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>34</v>
+      </c>
+      <c r="H148">
+        <v>2010</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>108</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>779</v>
+      </c>
+      <c r="M148" t="s">
+        <v>110</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>780</v>
+      </c>
+      <c r="P148" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>781</v>
+      </c>
+      <c r="B149" t="s">
+        <v>782</v>
+      </c>
+      <c r="C149" t="s">
+        <v>266</v>
+      </c>
+      <c r="D149" t="s">
+        <v>33</v>
+      </c>
+      <c r="E149" t="s">
+        <v>49</v>
+      </c>
+      <c r="F149" t="s">
+        <v>133</v>
+      </c>
+      <c r="G149" t="s">
+        <v>34</v>
+      </c>
+      <c r="H149">
+        <v>2012</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>571</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>783</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>784</v>
+      </c>
+      <c r="P149" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>786</v>
+      </c>
+      <c r="B150" t="s">
+        <v>787</v>
+      </c>
+      <c r="C150" t="s">
+        <v>266</v>
+      </c>
+      <c r="D150" t="s">
+        <v>788</v>
+      </c>
+      <c r="E150" t="s">
+        <v>49</v>
+      </c>
+      <c r="F150" t="s">
+        <v>133</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2012</v>
+      </c>
+      <c r="I150">
+        <v>2017</v>
+      </c>
+      <c r="J150" t="s">
+        <v>118</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>783</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>789</v>
+      </c>
+      <c r="P150" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>791</v>
+      </c>
+      <c r="B151" t="s">
+        <v>791</v>
+      </c>
+      <c r="C151" t="s">
+        <v>792</v>
+      </c>
+      <c r="D151" t="s">
+        <v>62</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>117</v>
+      </c>
+      <c r="G151" t="s">
+        <v>34</v>
+      </c>
+      <c r="H151">
+        <v>2012</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>555</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>793</v>
+      </c>
+      <c r="M151" t="s">
+        <v>794</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>795</v>
+      </c>
+      <c r="P151" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>797</v>
+      </c>
+      <c r="B152" t="s">
+        <v>798</v>
+      </c>
+      <c r="C152" t="s">
+        <v>792</v>
+      </c>
+      <c r="D152" t="s">
+        <v>33</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>117</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2002</v>
+      </c>
+      <c r="I152">
+        <v>2016</v>
+      </c>
+      <c r="J152" t="s">
+        <v>555</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>799</v>
+      </c>
+      <c r="M152" t="s">
+        <v>794</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>800</v>
+      </c>
+      <c r="P152" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>802</v>
+      </c>
+      <c r="B153" t="s">
+        <v>803</v>
+      </c>
+      <c r="C153" t="s">
+        <v>792</v>
+      </c>
+      <c r="D153" t="s">
+        <v>33</v>
+      </c>
+      <c r="E153" t="s">
+        <v>49</v>
+      </c>
+      <c r="F153" t="s">
+        <v>117</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2016</v>
+      </c>
+      <c r="I153">
+        <v>2019</v>
+      </c>
+      <c r="J153" t="s">
+        <v>555</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>804</v>
+      </c>
+      <c r="M153" t="s">
+        <v>794</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>805</v>
+      </c>
+      <c r="P153" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>807</v>
+      </c>
+      <c r="B154" t="s">
+        <v>808</v>
+      </c>
+      <c r="C154" t="s">
+        <v>792</v>
+      </c>
+      <c r="D154" t="s">
+        <v>42</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>117</v>
+      </c>
+      <c r="G154" t="s">
+        <v>34</v>
+      </c>
+      <c r="H154">
+        <v>2016</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>809</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>794</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>810</v>
+      </c>
+      <c r="P154" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>812</v>
+      </c>
+      <c r="B155" t="s">
+        <v>813</v>
+      </c>
+      <c r="C155" t="s">
+        <v>233</v>
+      </c>
+      <c r="D155" t="s">
+        <v>80</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>34</v>
+      </c>
+      <c r="H155">
+        <v>2017</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>234</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155" t="s">
+        <v>235</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>814</v>
+      </c>
+      <c r="P155" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>816</v>
+      </c>
+      <c r="B156" t="s">
+        <v>817</v>
+      </c>
+      <c r="C156" t="s">
+        <v>233</v>
+      </c>
+      <c r="D156" t="s">
+        <v>72</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>34</v>
+      </c>
+      <c r="H156">
+        <v>2019</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>391</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>235</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>818</v>
+      </c>
+      <c r="P156" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>820</v>
+      </c>
+      <c r="B157" t="s">
+        <v>821</v>
+      </c>
+      <c r="C157" t="s">
+        <v>233</v>
+      </c>
+      <c r="D157" t="s">
+        <v>42</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
         <v>2008</v>
       </c>
-      <c r="H107">
+      <c r="I157">
+        <v>2015</v>
+      </c>
+      <c r="J157" t="s">
+        <v>247</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>235</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>822</v>
+      </c>
+      <c r="P157" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>824</v>
+      </c>
+      <c r="B158" t="s">
+        <v>825</v>
+      </c>
+      <c r="C158" t="s">
+        <v>233</v>
+      </c>
+      <c r="D158" t="s">
+        <v>62</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2008</v>
+      </c>
+      <c r="I158">
+        <v>2015</v>
+      </c>
+      <c r="J158" t="s">
+        <v>247</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>826</v>
+      </c>
+      <c r="M158" t="s">
+        <v>235</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>827</v>
+      </c>
+      <c r="P158" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>829</v>
+      </c>
+      <c r="B159" t="s">
+        <v>830</v>
+      </c>
+      <c r="C159" t="s">
+        <v>233</v>
+      </c>
+      <c r="D159" t="s">
+        <v>62</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2009</v>
+      </c>
+      <c r="I159">
+        <v>2013</v>
+      </c>
+      <c r="J159" t="s">
+        <v>247</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>826</v>
+      </c>
+      <c r="M159" t="s">
+        <v>235</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>831</v>
+      </c>
+      <c r="P159" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>833</v>
+      </c>
+      <c r="B160" t="s">
+        <v>834</v>
+      </c>
+      <c r="C160" t="s">
+        <v>233</v>
+      </c>
+      <c r="D160" t="s">
+        <v>42</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2009</v>
+      </c>
+      <c r="I160">
+        <v>2013</v>
+      </c>
+      <c r="J160" t="s">
+        <v>247</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>235</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>835</v>
+      </c>
+      <c r="P160" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>837</v>
+      </c>
+      <c r="B161" t="s">
+        <v>838</v>
+      </c>
+      <c r="C161" t="s">
+        <v>348</v>
+      </c>
+      <c r="D161" t="s">
+        <v>42</v>
+      </c>
+      <c r="E161" t="s">
+        <v>49</v>
+      </c>
+      <c r="F161" t="s">
+        <v>133</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2002</v>
+      </c>
+      <c r="I161">
+        <v>2015</v>
+      </c>
+      <c r="J161" t="s">
+        <v>839</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>840</v>
+      </c>
+      <c r="M161" t="s">
+        <v>502</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>841</v>
+      </c>
+      <c r="P161" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>843</v>
+      </c>
+      <c r="B162" t="s">
+        <v>844</v>
+      </c>
+      <c r="C162" t="s">
+        <v>348</v>
+      </c>
+      <c r="D162" t="s">
+        <v>48</v>
+      </c>
+      <c r="E162" t="s">
+        <v>49</v>
+      </c>
+      <c r="F162" t="s">
+        <v>133</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2013</v>
+      </c>
+      <c r="I162">
+        <v>2017</v>
+      </c>
+      <c r="J162" t="s">
+        <v>839</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>845</v>
+      </c>
+      <c r="M162" t="s">
+        <v>502</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>846</v>
+      </c>
+      <c r="P162" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>848</v>
+      </c>
+      <c r="B163" t="s">
+        <v>849</v>
+      </c>
+      <c r="C163" t="s">
+        <v>348</v>
+      </c>
+      <c r="D163" t="s">
+        <v>48</v>
+      </c>
+      <c r="E163" t="s">
+        <v>49</v>
+      </c>
+      <c r="F163" t="s">
+        <v>50</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2001</v>
+      </c>
+      <c r="I163">
+        <v>2019</v>
+      </c>
+      <c r="J163" t="s">
+        <v>839</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>850</v>
+      </c>
+      <c r="M163" t="s">
+        <v>351</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>851</v>
+      </c>
+      <c r="P163" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>853</v>
+      </c>
+      <c r="B164" t="s">
+        <v>854</v>
+      </c>
+      <c r="C164" t="s">
+        <v>594</v>
+      </c>
+      <c r="D164" t="s">
+        <v>62</v>
+      </c>
+      <c r="E164" t="s">
+        <v>49</v>
+      </c>
+      <c r="F164" t="s">
+        <v>133</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2004</v>
+      </c>
+      <c r="I164">
         <v>2020</v>
       </c>
-      <c r="I107" t="s">
-[...2 lines deleted...]
-      <c r="J107" t="s">
+      <c r="J164" t="s">
+        <v>118</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>855</v>
+      </c>
+      <c r="M164" t="s">
+        <v>856</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>857</v>
+      </c>
+      <c r="P164" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>859</v>
+      </c>
+      <c r="B165" t="s">
+        <v>860</v>
+      </c>
+      <c r="C165" t="s">
+        <v>594</v>
+      </c>
+      <c r="D165" t="s">
+        <v>33</v>
+      </c>
+      <c r="E165" t="s">
+        <v>49</v>
+      </c>
+      <c r="F165" t="s">
+        <v>133</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2011</v>
+      </c>
+      <c r="I165">
+        <v>2020</v>
+      </c>
+      <c r="J165" t="s">
+        <v>118</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165" t="s">
+        <v>861</v>
+      </c>
+      <c r="M165" t="s">
+        <v>856</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>862</v>
+      </c>
+      <c r="P165" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>864</v>
+      </c>
+      <c r="B166" t="s">
+        <v>865</v>
+      </c>
+      <c r="C166" t="s">
+        <v>594</v>
+      </c>
+      <c r="D166" t="s">
+        <v>33</v>
+      </c>
+      <c r="E166" t="s">
+        <v>49</v>
+      </c>
+      <c r="F166" t="s">
+        <v>133</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>1998</v>
+      </c>
+      <c r="I166">
+        <v>2020</v>
+      </c>
+      <c r="J166" t="s">
+        <v>118</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>866</v>
+      </c>
+      <c r="M166" t="s">
+        <v>856</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>867</v>
+      </c>
+      <c r="P166" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>869</v>
+      </c>
+      <c r="B167" t="s">
+        <v>870</v>
+      </c>
+      <c r="C167" t="s">
+        <v>348</v>
+      </c>
+      <c r="D167" t="s">
+        <v>62</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
         <v>21</v>
       </c>
-      <c r="K107" t="s">
-[...40 lines deleted...]
-      <c r="J108" t="s">
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>1978</v>
+      </c>
+      <c r="I167">
+        <v>2017</v>
+      </c>
+      <c r="J167" t="s">
+        <v>349</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>871</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>872</v>
+      </c>
+      <c r="P167" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>874</v>
+      </c>
+      <c r="B168" t="s">
+        <v>875</v>
+      </c>
+      <c r="C168" t="s">
+        <v>348</v>
+      </c>
+      <c r="D168" t="s">
+        <v>876</v>
+      </c>
+      <c r="E168" t="s">
+        <v>49</v>
+      </c>
+      <c r="F168" t="s">
         <v>21</v>
       </c>
-      <c r="K108"/>
-[...38 lines deleted...]
-      <c r="J109" t="s">
+      <c r="G168" t="s">
+        <v>34</v>
+      </c>
+      <c r="H168">
+        <v>2013</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>699</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168"/>
+      <c r="M168" t="s">
+        <v>871</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>877</v>
+      </c>
+      <c r="P168" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>879</v>
+      </c>
+      <c r="B169" t="s">
+        <v>880</v>
+      </c>
+      <c r="C169" t="s">
+        <v>348</v>
+      </c>
+      <c r="D169" t="s">
+        <v>705</v>
+      </c>
+      <c r="E169" t="s">
+        <v>49</v>
+      </c>
+      <c r="F169" t="s">
         <v>21</v>
       </c>
-      <c r="K109"/>
-[...17 lines deleted...]
-      <c r="C110" t="s">
+      <c r="G169" t="s">
+        <v>34</v>
+      </c>
+      <c r="H169">
+        <v>2014</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>699</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169"/>
+      <c r="M169" t="s">
+        <v>871</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>881</v>
+      </c>
+      <c r="P169" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>883</v>
+      </c>
+      <c r="B170" t="s">
+        <v>884</v>
+      </c>
+      <c r="C170" t="s">
+        <v>348</v>
+      </c>
+      <c r="D170" t="s">
+        <v>885</v>
+      </c>
+      <c r="E170" t="s">
+        <v>49</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2007</v>
+      </c>
+      <c r="I170">
+        <v>2014</v>
+      </c>
+      <c r="J170" t="s">
+        <v>699</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>871</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>886</v>
+      </c>
+      <c r="P170" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>888</v>
+      </c>
+      <c r="B171" t="s">
+        <v>889</v>
+      </c>
+      <c r="C171" t="s">
+        <v>348</v>
+      </c>
+      <c r="D171" t="s">
+        <v>705</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>34</v>
+      </c>
+      <c r="H171">
+        <v>2017</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>699</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171"/>
+      <c r="M171" t="s">
+        <v>871</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>890</v>
+      </c>
+      <c r="P171" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>892</v>
+      </c>
+      <c r="B172" t="s">
+        <v>893</v>
+      </c>
+      <c r="C172" t="s">
+        <v>894</v>
+      </c>
+      <c r="D172" t="s">
+        <v>116</v>
+      </c>
+      <c r="E172" t="s">
+        <v>49</v>
+      </c>
+      <c r="F172" t="s">
+        <v>117</v>
+      </c>
+      <c r="G172" t="s">
+        <v>34</v>
+      </c>
+      <c r="H172">
+        <v>2016</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>234</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>119</v>
+      </c>
+      <c r="M172" t="s">
+        <v>895</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>896</v>
+      </c>
+      <c r="P172" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>898</v>
+      </c>
+      <c r="B173" t="s">
+        <v>899</v>
+      </c>
+      <c r="C173" t="s">
+        <v>233</v>
+      </c>
+      <c r="D173" t="s">
         <v>48</v>
       </c>
-      <c r="D110" t="s">
-[...17 lines deleted...]
-      <c r="J110" t="s">
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
         <v>21</v>
       </c>
-      <c r="K110" t="s">
-[...781 lines deleted...]
-      <c r="G129">
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2011</v>
+      </c>
+      <c r="I173">
         <v>2013</v>
       </c>
-      <c r="H129"/>
-[...1844 lines deleted...]
-      </c>
       <c r="J173" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173"/>
       <c r="M173" t="s">
-        <v>24</v>
+        <v>235</v>
       </c>
       <c r="N173" t="s">
-        <v>598</v>
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>900</v>
+      </c>
+      <c r="P173" t="s">
+        <v>901</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>