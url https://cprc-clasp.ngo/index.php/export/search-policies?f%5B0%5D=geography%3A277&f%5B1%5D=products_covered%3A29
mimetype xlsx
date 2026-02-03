--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -12,138 +12,174 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="902">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="904">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
     <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
     <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
@@ -365,53 +401,50 @@
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
   <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
     <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
@@ -1208,53 +1241,50 @@
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
     <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
     <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
     <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
   </si>
   <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
@@ -1446,172 +1476,175 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
     <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
   </si>
   <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...32 lines deleted...]
-  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
     <t>Electronic ballasts for fluorescent lamps</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
     <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
   </si>
   <si>
     <t>Australia</t>
@@ -1745,51 +1778,51 @@
   <si>
     <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
     <t>Reflectors for HID Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
     <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
     <t>Metal-Halide Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
     <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
@@ -1894,60 +1927,63 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
     <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
@@ -2057,80 +2093,50 @@
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
   </si>
   <si>
     <t>AS/NZS 4934.1-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
     <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
   </si>
@@ -3186,51 +3192,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3271,8329 +3277,8327 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>1979</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>1979</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>36</v>
       </c>
       <c r="M3" t="s">
         <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>38</v>
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H4">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H5">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
         <v>56</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>57</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="G6" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H6">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="M6" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D7" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H7">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I7">
         <v>2013</v>
       </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
         <v>63</v>
       </c>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D8" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2006</v>
       </c>
-      <c r="I8"/>
+      <c r="I8">
+        <v>2013</v>
+      </c>
       <c r="J8" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="M8" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="P8" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="D9" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="M9" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G10" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H10">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="M10" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="P10" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D11" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G11" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H11">
         <v>2020</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="M11" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="P11" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C12" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G12" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H12">
         <v>2020</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="M12" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="P12" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C13" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D13" t="s">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H13">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>73</v>
+        <v>102</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="M13" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G14" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
       <c r="J14" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="M14" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C15" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E15" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="G15" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H15">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>108</v>
+        <v>83</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="M15" t="s">
-        <v>110</v>
+        <v>85</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D16" t="s">
-        <v>116</v>
+        <v>58</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F16" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H16">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>118</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>119</v>
       </c>
       <c r="M16" t="s">
         <v>120</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>121</v>
       </c>
       <c r="P16" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>123</v>
       </c>
       <c r="B17" t="s">
         <v>124</v>
       </c>
       <c r="C17" t="s">
         <v>125</v>
       </c>
       <c r="D17" t="s">
         <v>126</v>
       </c>
       <c r="E17" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="H17"/>
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>92</v>
+        <v>127</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
       <c r="M17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C18" t="s">
-        <v>71</v>
+        <v>134</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>135</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F18" t="s">
-        <v>133</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>73</v>
+        <v>102</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="P18" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B19" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C19" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F19" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H19">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="M19" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="P19" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C20" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D20" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F20" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2010</v>
       </c>
       <c r="I20">
         <v>2010</v>
       </c>
       <c r="J20" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="M20" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="P20" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B21" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F21" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="I21">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="J21" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="M21" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="P21" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B22" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C22" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D22" t="s">
-        <v>154</v>
+        <v>72</v>
       </c>
       <c r="E22" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F22" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G22" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
       <c r="J22" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="M22" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="P22" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D23" t="s">
-        <v>48</v>
+        <v>163</v>
       </c>
       <c r="E23" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F23" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G23" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H23">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>97</v>
+        <v>164</v>
       </c>
       <c r="M23" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="P23" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B24" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C24" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D24" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="E24" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F24" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G24" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H24">
         <v>2013</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>164</v>
+        <v>107</v>
       </c>
       <c r="M24" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="P24" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B25" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C25" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="E25" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F25" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G25" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H25">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>74</v>
+        <v>173</v>
       </c>
       <c r="M25" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D26" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="E26" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F26" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H26">
         <v>2009</v>
       </c>
-      <c r="I26">
-[...1 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>173</v>
+        <v>84</v>
       </c>
       <c r="M26" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="P26" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="E27" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F27" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G27" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H27">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>2009</v>
+      </c>
+      <c r="I27">
+        <v>2018</v>
+      </c>
       <c r="J27" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="M27" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="P27" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B28" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="E28" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F28" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G28" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="M28" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="P28" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C29" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D29" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E29" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F29" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H29">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I29">
         <v>2014</v>
       </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="M29" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="P29" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B30" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C30" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="E30" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F30" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="I30">
         <v>2014</v>
       </c>
       <c r="J30" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="M30" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="P30" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B31" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C31" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="E31" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F31" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G31" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31">
         <v>2014</v>
       </c>
-      <c r="I31"/>
       <c r="J31" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="M31" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="P31" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B32" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C32" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D32" t="s">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="E32" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F32" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G32" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H32">
         <v>2014</v>
       </c>
-      <c r="I32">
-[...1 lines deleted...]
-      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>73</v>
+        <v>102</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="M32" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="P32" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C33" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
-        <v>91</v>
+        <v>58</v>
       </c>
       <c r="E33" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F33" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G33" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H33">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I33"/>
+        <v>2014</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
       <c r="J33" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="M33" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="P33" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B34" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C34" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D34" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="E34" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F34" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G34" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H34">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="M34" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="P34" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B35" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C35" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D35" t="s">
-        <v>72</v>
+        <v>101</v>
       </c>
       <c r="E35" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F35" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H35">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="M35" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="P35" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B36" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C36" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D36" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="E36" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F36" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G36" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2014</v>
       </c>
       <c r="I36">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J36" t="s">
-        <v>73</v>
+        <v>102</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="M36" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="P36" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B37" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C37" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D37" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="E37" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F37" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G37" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H37">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>2014</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
       <c r="J37" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="M37" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="P37" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B38" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C38" t="s">
-        <v>233</v>
+        <v>81</v>
       </c>
       <c r="D38" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="E38" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="G38" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H38">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>234</v>
+        <v>83</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="L38"/>
+      <c r="L38" t="s">
+        <v>237</v>
+      </c>
       <c r="M38" t="s">
-        <v>235</v>
+        <v>144</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="P38" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B39" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C39" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D39" t="s">
-        <v>33</v>
+        <v>82</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>133</v>
+        <v>34</v>
       </c>
       <c r="G39" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H39">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="L39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="P39" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B40" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C40" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D40" t="s">
-        <v>245</v>
+        <v>43</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>246</v>
+        <v>142</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H40">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>249</v>
+      </c>
       <c r="M40" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P40" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B41" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C41" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="D41" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>21</v>
+        <v>255</v>
       </c>
       <c r="G41" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H41">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I41"/>
+        <v>2011</v>
+      </c>
+      <c r="I41">
+        <v>2023</v>
+      </c>
       <c r="J41" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="P41" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B42" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C42" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D42" t="s">
-        <v>116</v>
+        <v>262</v>
       </c>
       <c r="E42" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="G42" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="H42"/>
+        <v>44</v>
+      </c>
+      <c r="H42">
+        <v>2020</v>
+      </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>23</v>
+        <v>256</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="L42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="P42" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B43" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C43" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D43" t="s">
-        <v>267</v>
+        <v>126</v>
       </c>
       <c r="E43" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F43" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="M43" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P43" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B44" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C44" t="s">
-        <v>107</v>
+        <v>275</v>
       </c>
       <c r="D44" t="s">
-        <v>72</v>
+        <v>276</v>
       </c>
       <c r="E44" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>133</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H44"/>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>108</v>
+        <v>35</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="M44" t="s">
-        <v>110</v>
+        <v>278</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="P44" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="B45" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C45" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D45" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="E45" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F45" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G45" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="M45" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="P45" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B46" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C46" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D46" t="s">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="E46" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F46" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G46" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H46">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="M46" t="s">
-        <v>285</v>
+        <v>120</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="P46" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B47" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C47" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D47" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E47" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F47" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H47">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="M47" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="P47" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B48" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C48" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D48" t="s">
-        <v>91</v>
+        <v>58</v>
       </c>
       <c r="E48" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F48" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I48">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="J48" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="M48" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="P48" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B49" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C49" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D49" t="s">
-        <v>72</v>
+        <v>101</v>
       </c>
       <c r="E49" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F49" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I49">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J49" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="M49" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="P49" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B50" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C50" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D50" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="E50" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F50" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>1993</v>
+        <v>2012</v>
       </c>
       <c r="I50">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J50" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="M50" t="s">
-        <v>110</v>
+        <v>294</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="P50" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B51" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C51" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D51" t="s">
-        <v>310</v>
+        <v>72</v>
       </c>
       <c r="E51" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F51" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G51" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H51">
+        <v>1993</v>
+      </c>
+      <c r="I51">
         <v>2013</v>
       </c>
-      <c r="I51"/>
       <c r="J51" t="s">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="M51" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="P51" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B52" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C52" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D52" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="E52" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F52" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G52" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H52">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="M52" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="P52" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>323</v>
+      </c>
+      <c r="B53" t="s">
+        <v>324</v>
+      </c>
+      <c r="C53" t="s">
+        <v>117</v>
+      </c>
+      <c r="D53" t="s">
         <v>319</v>
       </c>
-      <c r="B53" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E53" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F53" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G53" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H53">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>108</v>
+        <v>35</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="M53" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="P53" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B54" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C54" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D54" t="s">
-        <v>310</v>
+        <v>58</v>
       </c>
       <c r="E54" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F54" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G54" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H54">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>316</v>
+        <v>330</v>
       </c>
       <c r="M54" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="P54" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B55" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C55" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D55" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="E55" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F55" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G55" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="H55">
+        <v>2017</v>
+      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="M55" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="P55" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B56" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C56" t="s">
-        <v>335</v>
+        <v>117</v>
       </c>
       <c r="D56" t="s">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F56" t="s">
-        <v>50</v>
+        <v>142</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
-      <c r="H56">
-[...1 lines deleted...]
-      </c>
+      <c r="H56"/>
       <c r="I56">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="J56" t="s">
         <v>35</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
-      <c r="L56"/>
+      <c r="L56" t="s">
+        <v>339</v>
+      </c>
       <c r="M56" t="s">
-        <v>337</v>
+        <v>120</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="P56" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B57" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C57" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="D57" t="s">
-        <v>48</v>
+        <v>345</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="I57">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="J57" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="L57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="P57" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="B58" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="C58" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="D58" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="I58">
         <v>2009</v>
       </c>
       <c r="J58" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="M58" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="P58" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B59" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C59" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D59" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="E59" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2012</v>
+        <v>1997</v>
       </c>
       <c r="I59">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="J59" t="s">
-        <v>349</v>
+        <v>45</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="M59" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="P59" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B60" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C60" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D60" t="s">
-        <v>357</v>
+        <v>58</v>
       </c>
       <c r="E60" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F60" t="s">
-        <v>117</v>
+        <v>60</v>
       </c>
       <c r="G60" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H60">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I60"/>
+        <v>2012</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
       <c r="J60" t="s">
-        <v>234</v>
+        <v>358</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M60" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P60" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B61" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C61" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D61" t="s">
-        <v>33</v>
+        <v>366</v>
       </c>
       <c r="E61" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F61" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H61">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>365</v>
+        <v>243</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="M61" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="P61" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B62" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C62" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="D62" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I62">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J62" t="s">
-        <v>23</v>
+        <v>374</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="M62" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="P62" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B63" t="s">
+        <v>380</v>
+      </c>
+      <c r="C63" t="s">
+        <v>373</v>
+      </c>
+      <c r="D63" t="s">
+        <v>52</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2009</v>
+      </c>
+      <c r="I63">
+        <v>2018</v>
+      </c>
+      <c r="J63" t="s">
+        <v>35</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>381</v>
+      </c>
+      <c r="M63" t="s">
         <v>376</v>
       </c>
-      <c r="C63" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="P63" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B64" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C64" t="s">
-        <v>382</v>
+        <v>117</v>
       </c>
       <c r="D64" t="s">
-        <v>383</v>
+        <v>58</v>
       </c>
       <c r="E64" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F64" t="s">
-        <v>50</v>
+        <v>142</v>
       </c>
       <c r="G64" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H64">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>51</v>
+        <v>118</v>
       </c>
       <c r="K64" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="L64"/>
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>386</v>
+      </c>
       <c r="M64" t="s">
-        <v>385</v>
+        <v>294</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P64" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B65" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C65" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D65" t="s">
-        <v>48</v>
+        <v>392</v>
       </c>
       <c r="E65" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F65" t="s">
-        <v>117</v>
+        <v>60</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H65">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>391</v>
+        <v>61</v>
       </c>
       <c r="K65" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="P65" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B66" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C66" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E66" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H66">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I66"/>
+        <v>2022</v>
+      </c>
+      <c r="I66">
+        <v>2024</v>
+      </c>
       <c r="J66" t="s">
-        <v>108</v>
+        <v>399</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>110</v>
+        <v>400</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="P66" t="s">
-        <v>112</v>
+        <v>402</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B67" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D67" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="E67" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H67">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
-      <c r="L67"/>
+      <c r="L67" t="s">
+        <v>405</v>
+      </c>
       <c r="M67" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="P67" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
-        <v>71</v>
+        <v>117</v>
       </c>
       <c r="D68" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="E68" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F68" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G68" t="s">
-        <v>403</v>
+        <v>22</v>
       </c>
       <c r="H68">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="I68">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="J68" t="s">
-        <v>404</v>
+        <v>118</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
-      <c r="L68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="P68" t="s">
-        <v>407</v>
+        <v>122</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B69" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C69" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D69" t="s">
-        <v>410</v>
+        <v>72</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>411</v>
       </c>
       <c r="H69">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="I69">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="J69" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
-      <c r="L69"/>
+      <c r="L69" t="s">
+        <v>413</v>
+      </c>
       <c r="M69" t="s">
-        <v>411</v>
+        <v>85</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="P69" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B70" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C70" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D70" t="s">
-        <v>48</v>
+        <v>418</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="I70">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="J70" t="s">
-        <v>92</v>
+        <v>412</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
-      <c r="L70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>75</v>
+        <v>419</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="P70" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B71" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C71" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D71" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E71" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2003</v>
       </c>
       <c r="I71">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J71" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="M71" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="P71" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B72" t="s">
-        <v>168</v>
+        <v>428</v>
       </c>
       <c r="C72" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D72" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="E72" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F72" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="I72">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="J72" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>74</v>
+        <v>429</v>
       </c>
       <c r="M72" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="P72" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B73" t="s">
-        <v>428</v>
+        <v>177</v>
       </c>
       <c r="C73" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D73" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G73" t="s">
-        <v>403</v>
+        <v>22</v>
       </c>
       <c r="H73">
         <v>2005</v>
       </c>
       <c r="I73">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="J73" t="s">
-        <v>404</v>
+        <v>102</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="M73" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="P73" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B74" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C74" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D74" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G74" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="H74">
         <v>2005</v>
       </c>
       <c r="I74">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="J74" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>433</v>
+        <v>149</v>
       </c>
       <c r="M74" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="P74" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B75" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C75" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D75" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="E75" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G75" t="s">
-        <v>22</v>
+        <v>411</v>
       </c>
       <c r="H75">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="I75">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J75" t="s">
-        <v>92</v>
+        <v>412</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="M75" t="s">
-        <v>439</v>
+        <v>85</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="P75" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B76" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C76" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D76" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E76" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F76" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2003</v>
       </c>
       <c r="I76">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J76" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="M76" t="s">
-        <v>75</v>
+        <v>447</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="P76" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B77" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="C77" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D77" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G77" t="s">
-        <v>403</v>
+        <v>22</v>
       </c>
       <c r="H77">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="I77">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J77" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="M77" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="P77" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B78" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C78" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D78" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G78" t="s">
-        <v>22</v>
+        <v>411</v>
       </c>
       <c r="H78">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="I78">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J78" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="M78" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="P78" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B79" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="C79" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D79" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
+        <v>2003</v>
+      </c>
+      <c r="I79">
         <v>2013</v>
       </c>
-      <c r="I79">
-[...1 lines deleted...]
-      </c>
       <c r="J79" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="M79" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="P79" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B80" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="C80" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D80" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="I80">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J80" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="M80" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="P80" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B81" t="s">
-        <v>85</v>
+        <v>471</v>
       </c>
       <c r="C81" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D81" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G81" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H81">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I81"/>
+        <v>2005</v>
+      </c>
+      <c r="I81">
+        <v>2015</v>
+      </c>
       <c r="J81" t="s">
-        <v>73</v>
+        <v>102</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>86</v>
+        <v>472</v>
       </c>
       <c r="M81" t="s">
-        <v>439</v>
+        <v>85</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="P81" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B82" t="s">
-        <v>471</v>
+        <v>95</v>
       </c>
       <c r="C82" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D82" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G82" t="s">
-        <v>8</v>
+        <v>476</v>
       </c>
       <c r="H82">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>472</v>
+        <v>83</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>473</v>
+        <v>96</v>
       </c>
       <c r="M82" t="s">
-        <v>411</v>
+        <v>447</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="P82" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B83" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C83" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D83" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G83" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H83">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I83"/>
+        <v>1989</v>
+      </c>
+      <c r="I83">
+        <v>2025</v>
+      </c>
       <c r="J83" t="s">
-        <v>73</v>
+        <v>481</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>86</v>
+        <v>482</v>
       </c>
       <c r="M83" t="s">
-        <v>439</v>
+        <v>419</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="P83" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B84" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="C84" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D84" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H84">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>164</v>
+        <v>96</v>
       </c>
       <c r="M84" t="s">
-        <v>75</v>
+        <v>447</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="P84" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="B85" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C85" t="s">
-        <v>486</v>
+        <v>81</v>
       </c>
       <c r="D85" t="s">
-        <v>487</v>
+        <v>52</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
+        <v>2003</v>
+      </c>
+      <c r="I85">
         <v>2013</v>
       </c>
-      <c r="I85">
-[...1 lines deleted...]
-      </c>
       <c r="J85" t="s">
-        <v>488</v>
+        <v>102</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>489</v>
+        <v>173</v>
       </c>
       <c r="M85" t="s">
-        <v>490</v>
+        <v>85</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
         <v>491</v>
       </c>
       <c r="P85" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="B86" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C86" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D86" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2015</v>
       </c>
       <c r="I86">
         <v>2025</v>
       </c>
       <c r="J86" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="M86" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="P86" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="B87" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C87" t="s">
-        <v>348</v>
+        <v>502</v>
       </c>
       <c r="D87" t="s">
-        <v>62</v>
+        <v>503</v>
       </c>
       <c r="E87" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>133</v>
+        <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I87">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="J87" t="s">
-        <v>51</v>
+        <v>504</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="M87" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="P87" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B88" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C88" t="s">
-        <v>507</v>
+        <v>357</v>
       </c>
       <c r="D88" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E88" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F88" t="s">
-        <v>117</v>
+        <v>142</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="I88">
         <v>2012</v>
       </c>
       <c r="J88" t="s">
-        <v>349</v>
+        <v>61</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="M88" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="P88" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B89" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C89" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="D89" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="I89">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J89" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="M89" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="P89" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="B90" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="C90" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="D90" t="s">
-        <v>519</v>
+        <v>52</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="I90">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J90" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="M90" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="P90" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="B91" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C91" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="D91" t="s">
-        <v>48</v>
+        <v>528</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
-        <v>525</v>
-[...1 lines deleted...]
-      <c r="H91"/>
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2009</v>
+      </c>
       <c r="I91">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="J91" t="s">
-        <v>526</v>
+        <v>358</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="M91" t="s">
-        <v>528</v>
+        <v>518</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="P91" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B92" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C92" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="D92" t="s">
-        <v>533</v>
+        <v>58</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>534</v>
+      </c>
+      <c r="H92"/>
       <c r="I92">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="J92" t="s">
-        <v>349</v>
+        <v>535</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="M92" t="s">
-        <v>509</v>
+        <v>537</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="P92" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="B93" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C93" t="s">
-        <v>107</v>
+        <v>516</v>
       </c>
       <c r="D93" t="s">
-        <v>72</v>
+        <v>542</v>
       </c>
       <c r="E93" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>133</v>
+        <v>34</v>
       </c>
       <c r="G93" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H93">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I93"/>
+        <v>2009</v>
+      </c>
+      <c r="I93">
+        <v>2017</v>
+      </c>
       <c r="J93" t="s">
-        <v>108</v>
+        <v>358</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
-      <c r="L93"/>
+      <c r="L93" t="s">
+        <v>543</v>
+      </c>
       <c r="M93" t="s">
-        <v>285</v>
+        <v>518</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="P93" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="B94" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="C94" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D94" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="E94" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F94" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G94" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H94">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="P94" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="B95" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="C95" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D95" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E95" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F95" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G95" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H95">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I95"/>
       <c r="J95" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>110</v>
+        <v>294</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="P95" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="B96" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C96" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D96" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="E96" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F96" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="I96">
         <v>2013</v>
       </c>
       <c r="J96" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>285</v>
+        <v>120</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="P96" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B97" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C97" t="s">
-        <v>494</v>
+        <v>117</v>
       </c>
       <c r="D97" t="s">
-        <v>336</v>
+        <v>52</v>
       </c>
       <c r="E97" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F97" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="G97" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H97">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I97"/>
+        <v>2002</v>
+      </c>
+      <c r="I97">
+        <v>2013</v>
+      </c>
       <c r="J97" t="s">
-        <v>555</v>
+        <v>118</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
-      <c r="L97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L97"/>
       <c r="M97" t="s">
-        <v>490</v>
+        <v>294</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="P97" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B98" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="C98" t="s">
-        <v>335</v>
+        <v>495</v>
       </c>
       <c r="D98" t="s">
-        <v>48</v>
+        <v>345</v>
       </c>
       <c r="E98" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>133</v>
+        <v>34</v>
       </c>
       <c r="G98" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H98">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>35</v>
+        <v>564</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
-      <c r="L98"/>
+      <c r="L98" t="s">
+        <v>565</v>
+      </c>
       <c r="M98" t="s">
-        <v>337</v>
+        <v>498</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="P98" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="B99" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="C99" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="D99" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E99" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F99" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G99" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H99">
         <v>2012</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="P99" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="B100" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="C100" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="D100" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E100" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F100" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G100" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H100">
         <v>2012</v>
       </c>
-      <c r="I100">
-[...1 lines deleted...]
-      </c>
+      <c r="I100"/>
       <c r="J100" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="P100" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="B101" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="C101" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="D101" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="E101" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F101" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2012</v>
       </c>
       <c r="I101">
         <v>2012</v>
       </c>
       <c r="J101" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="P101" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="B102" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="C102" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="D102" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="E102" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F102" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I102">
         <v>2012</v>
       </c>
       <c r="J102" t="s">
+        <v>45</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>346</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>577</v>
+      </c>
+      <c r="P102" t="s">
         <v>571</v>
-      </c>
-[...16 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="B103" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="C103" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="D103" t="s">
-        <v>154</v>
+        <v>72</v>
       </c>
       <c r="E103" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F103" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>1996</v>
       </c>
       <c r="I103">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J103" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
-      <c r="L103"/>
+      <c r="L103" t="s">
+        <v>581</v>
+      </c>
       <c r="M103" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="P103" t="s">
-        <v>574</v>
+        <v>583</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="B104" t="s">
-        <v>72</v>
+        <v>585</v>
       </c>
       <c r="C104" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="D104" t="s">
-        <v>72</v>
+        <v>163</v>
       </c>
       <c r="E104" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F104" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>1996</v>
       </c>
       <c r="I104">
         <v>2010</v>
       </c>
       <c r="J104" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="P104" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="B105" t="s">
-        <v>583</v>
+        <v>82</v>
       </c>
       <c r="C105" t="s">
-        <v>252</v>
+        <v>344</v>
       </c>
       <c r="D105" t="s">
-        <v>495</v>
+        <v>82</v>
       </c>
       <c r="E105" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F105" t="s">
-        <v>117</v>
+        <v>142</v>
       </c>
       <c r="G105" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H105">
-        <v>2021</v>
+        <v>1996</v>
       </c>
       <c r="I105">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="J105" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
-      <c r="L105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L105"/>
       <c r="M105" t="s">
-        <v>254</v>
+        <v>346</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="P105" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="B106" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C106" t="s">
-        <v>107</v>
+        <v>261</v>
       </c>
       <c r="D106" t="s">
-        <v>48</v>
+        <v>496</v>
       </c>
       <c r="E106" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H106">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="I106">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="J106" t="s">
-        <v>108</v>
+        <v>593</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="M106" t="s">
-        <v>285</v>
+        <v>263</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="P106" t="s">
-        <v>112</v>
+        <v>596</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B107" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="C107" t="s">
-        <v>594</v>
+        <v>117</v>
       </c>
       <c r="D107" t="s">
-        <v>595</v>
+        <v>58</v>
       </c>
       <c r="E107" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F107" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="I107">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="J107" t="s">
         <v>118</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="M107" t="s">
-        <v>597</v>
+        <v>294</v>
       </c>
       <c r="N107" t="s">
-        <v>598</v>
+        <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="P107" t="s">
-        <v>600</v>
+        <v>122</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>601</v>
       </c>
       <c r="B108" t="s">
         <v>602</v>
       </c>
       <c r="C108" t="s">
-        <v>266</v>
+        <v>603</v>
       </c>
       <c r="D108" t="s">
-        <v>495</v>
+        <v>604</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H108">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="I108">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J108" t="s">
-        <v>349</v>
+        <v>127</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
-      <c r="L108"/>
+      <c r="L108" t="s">
+        <v>605</v>
+      </c>
       <c r="M108" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="N108" t="s">
-        <v>27</v>
+        <v>607</v>
       </c>
       <c r="O108" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="P108" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="B109" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="C109" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="D109" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G109" t="s">
-        <v>22</v>
+        <v>612</v>
       </c>
       <c r="H109">
         <v>2015</v>
       </c>
       <c r="I109">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J109" t="s">
-        <v>608</v>
+        <v>358</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="P109" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="B110" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="C110" t="s">
-        <v>335</v>
+        <v>275</v>
       </c>
       <c r="D110" t="s">
-        <v>62</v>
+        <v>496</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
-        <v>1994</v>
+        <v>2015</v>
       </c>
       <c r="I110">
-        <v>2003</v>
+        <v>2024</v>
       </c>
       <c r="J110" t="s">
-        <v>571</v>
+        <v>618</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
-      <c r="L110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L110"/>
       <c r="M110" t="s">
-        <v>337</v>
+        <v>613</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="P110" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="B111" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="C111" t="s">
-        <v>32</v>
+        <v>344</v>
       </c>
       <c r="D111" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G111" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H111">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I111"/>
+        <v>1994</v>
+      </c>
+      <c r="I111">
+        <v>2003</v>
+      </c>
       <c r="J111" t="s">
-        <v>108</v>
+        <v>580</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
-      <c r="L111"/>
+      <c r="L111" t="s">
+        <v>581</v>
+      </c>
       <c r="M111" t="s">
-        <v>37</v>
+        <v>346</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="P111" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="B112" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="C112" t="s">
-        <v>620</v>
+        <v>42</v>
       </c>
       <c r="D112" t="s">
-        <v>495</v>
+        <v>72</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G112" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H112">
-        <v>2018</v>
+        <v>2002</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>247</v>
+        <v>118</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
-      <c r="L112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L112"/>
       <c r="M112" t="s">
-        <v>622</v>
+        <v>47</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="P112" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="B113" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="C113" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="D113" t="s">
-        <v>627</v>
+        <v>496</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G113" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H113">
         <v>2018</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="M113" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="P113" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
+        <v>635</v>
+      </c>
+      <c r="B114" t="s">
+        <v>636</v>
+      </c>
+      <c r="C114" t="s">
         <v>630</v>
       </c>
-      <c r="B114" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D114" t="s">
-        <v>495</v>
+        <v>637</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G114" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H114">
-        <v>1994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I114"/>
       <c r="J114" t="s">
-        <v>35</v>
+        <v>256</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
-      <c r="L114"/>
+      <c r="L114" t="s">
+        <v>638</v>
+      </c>
       <c r="M114" t="s">
-        <v>337</v>
+        <v>632</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="P114" t="s">
-        <v>613</v>
+        <v>634</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="B115" t="s">
-        <v>633</v>
+        <v>343</v>
       </c>
       <c r="C115" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="D115" t="s">
-        <v>62</v>
+        <v>496</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>1994</v>
       </c>
       <c r="I115">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="J115" t="s">
-        <v>571</v>
+        <v>45</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
-      <c r="L115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="P115" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="B116" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="C116" t="s">
-        <v>266</v>
+        <v>344</v>
       </c>
       <c r="D116" t="s">
-        <v>638</v>
+        <v>72</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G116" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H116">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="I116">
-        <v>2019</v>
+        <v>2004</v>
       </c>
       <c r="J116" t="s">
-        <v>349</v>
+        <v>580</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="M116" t="s">
-        <v>603</v>
+        <v>346</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="P116" t="s">
-        <v>641</v>
+        <v>623</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="B117" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="C117" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="D117" t="s">
-        <v>495</v>
+        <v>648</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G117" t="s">
-        <v>8</v>
+        <v>612</v>
       </c>
       <c r="H117">
         <v>2015</v>
       </c>
       <c r="I117">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J117" t="s">
-        <v>608</v>
+        <v>358</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
-      <c r="L117"/>
+      <c r="L117" t="s">
+        <v>649</v>
+      </c>
       <c r="M117" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="P117" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="B118" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="C118" t="s">
-        <v>620</v>
+        <v>275</v>
       </c>
       <c r="D118" t="s">
-        <v>48</v>
+        <v>496</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G118" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H118">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I118"/>
+        <v>2015</v>
+      </c>
+      <c r="I118">
+        <v>2024</v>
+      </c>
       <c r="J118" t="s">
-        <v>247</v>
+        <v>618</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
-      <c r="L118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L118"/>
       <c r="M118" t="s">
-        <v>622</v>
+        <v>613</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="P118" t="s">
-        <v>624</v>
+        <v>655</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="B119" t="s">
-        <v>341</v>
+        <v>657</v>
       </c>
       <c r="C119" t="s">
-        <v>335</v>
+        <v>630</v>
       </c>
       <c r="D119" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G119" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H119">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I119"/>
       <c r="J119" t="s">
-        <v>35</v>
+        <v>256</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>342</v>
+        <v>658</v>
       </c>
       <c r="M119" t="s">
-        <v>337</v>
+        <v>632</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="P119" t="s">
-        <v>651</v>
+        <v>634</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="B120" t="s">
-        <v>653</v>
+        <v>350</v>
       </c>
       <c r="C120" t="s">
-        <v>390</v>
+        <v>344</v>
       </c>
       <c r="D120" t="s">
-        <v>654</v>
+        <v>58</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I120">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J120" t="s">
-        <v>655</v>
+        <v>45</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>656</v>
+        <v>351</v>
       </c>
       <c r="M120" t="s">
-        <v>657</v>
+        <v>346</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="P120" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B121" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C121" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D121" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G121" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="H121"/>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="M121" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="P121" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B122" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C122" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="D122" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G122" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H122">
         <v>2018</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="M122" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="P122" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B123"/>
       <c r="C123" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D123" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G123" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H123">
         <v>2010</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="P123" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B124" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C124" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D124" t="s">
-        <v>487</v>
+        <v>503</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2001</v>
       </c>
       <c r="I124">
         <v>2018</v>
       </c>
       <c r="J124" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="P124" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B125"/>
       <c r="C125" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D125" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G125" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H125">
         <v>2009</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="P125" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B126"/>
       <c r="C126" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D126" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G126" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H126">
         <v>2012</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="P126" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="B127"/>
       <c r="C127" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D127" t="s">
-        <v>487</v>
+        <v>503</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G127" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H127">
         <v>2014</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="P127" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B128"/>
       <c r="C128" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D128" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G128" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H128">
         <v>2010</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="P128" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B129" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C129" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="D129" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="E129" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F129" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G129" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H129">
         <v>2013</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="P129" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="B130" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C130" t="s">
-        <v>390</v>
+        <v>18</v>
       </c>
       <c r="D130" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G130" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H130">
         <v>2021</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>657</v>
+        <v>26</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="P130" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B131" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C131" t="s">
-        <v>390</v>
+        <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2013</v>
       </c>
       <c r="I131">
         <v>2016</v>
       </c>
       <c r="J131" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="M131" t="s">
-        <v>657</v>
+        <v>26</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="P131" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B132" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="C132" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D132" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E132" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F132" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="G132" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H132">
         <v>2015</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="P132" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B133" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C133" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D133" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E133" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F133" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="G133" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H133">
         <v>2015</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="P133" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B134" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C134" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D134" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E134" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F134" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G134" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H134">
         <v>2015</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="P134" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B135" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C135" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D135" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E135" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F135" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="G135" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H135">
         <v>2015</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="P135" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="B136" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C136" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D136" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E136" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F136" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="G136" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H136">
         <v>2015</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="P136" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B137" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C137" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="D137" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2020</v>
       </c>
       <c r="I137">
         <v>2024</v>
       </c>
       <c r="J137" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="M137" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="P137" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="B138" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="C138" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="D138" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G138" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H138">
         <v>2002</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="P138" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B139" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C139" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="D139" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2007</v>
       </c>
       <c r="I139">
         <v>2013</v>
       </c>
       <c r="J139" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="M139" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="P139" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B140" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C140" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="D140" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G140" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H140">
         <v>2006</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="M140" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="P140" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B141" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C141" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="D141" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2007</v>
       </c>
       <c r="I141">
         <v>2015</v>
       </c>
       <c r="J141" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="M141" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="P141" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B142" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C142" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="D142" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G142" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H142">
         <v>2007</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="M142" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="P142" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="B143" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="C143" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="D143" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="E143" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="F143" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="H143"/>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="P143" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B144" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C144" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="D144" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="E144" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F144" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G144" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="H144"/>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="M144" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="P144" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B145" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C145" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D145" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E145" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F145" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2010</v>
       </c>
       <c r="I145">
         <v>2017</v>
       </c>
       <c r="J145" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="M145" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="P145" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B146" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C146" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="D146" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G146" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H146">
         <v>2018</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="P146" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B147" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C147" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="D147" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E147" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F147" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2013</v>
       </c>
       <c r="I147">
         <v>2016</v>
       </c>
       <c r="J147" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="M147" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="P147" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="B148" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="C148" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="D148" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E148" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F148" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G148" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H148">
         <v>2010</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="M148" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="P148" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B149" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C149" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="D149" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E149" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F149" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G149" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H149">
         <v>2012</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="P149" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="B150" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="C150" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="D150" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="E150" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F150" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2012</v>
       </c>
       <c r="I150">
         <v>2017</v>
       </c>
       <c r="J150" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="P150" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B151" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C151" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D151" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G151" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H151">
         <v>2012</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="M151" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="P151" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B152" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C152" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D152" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>2002</v>
       </c>
       <c r="I152">
         <v>2016</v>
       </c>
       <c r="J152" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="M152" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="P152" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="B153" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C153" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D153" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E153" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F153" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
         <v>2016</v>
       </c>
       <c r="I153">
         <v>2019</v>
       </c>
       <c r="J153" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="M153" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="P153" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B154" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C154" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D154" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G154" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H154">
         <v>2016</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="P154" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B155" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C155" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D155" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G155" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H155">
         <v>2017</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="P155" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="B156" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C156" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D156" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G156" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H156">
         <v>2019</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="P156" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="B157" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="C157" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D157" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>2008</v>
       </c>
       <c r="I157">
         <v>2015</v>
       </c>
       <c r="J157" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="P157" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B158" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C158" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D158" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
         <v>2008</v>
       </c>
       <c r="I158">
         <v>2015</v>
       </c>
       <c r="J158" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="M158" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="P158" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="B159" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="C159" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D159" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
         <v>2009</v>
       </c>
       <c r="I159">
         <v>2013</v>
       </c>
       <c r="J159" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="M159" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="P159" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="B160" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C160" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D160" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2009</v>
       </c>
       <c r="I160">
         <v>2013</v>
       </c>
       <c r="J160" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="P160" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="B161" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C161" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D161" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E161" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F161" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
         <v>2002</v>
       </c>
       <c r="I161">
         <v>2015</v>
       </c>
       <c r="J161" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="M161" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="P161" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="B162" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C162" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D162" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E162" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F162" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
         <v>2013</v>
       </c>
       <c r="I162">
         <v>2017</v>
       </c>
       <c r="J162" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="M162" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="P162" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B163" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C163" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D163" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E163" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F163" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
         <v>2001</v>
       </c>
       <c r="I163">
         <v>2019</v>
       </c>
       <c r="J163" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="M163" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="P163" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="B164" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C164" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="D164" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E164" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F164" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
         <v>2004</v>
       </c>
       <c r="I164">
         <v>2020</v>
       </c>
       <c r="J164" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="M164" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="P164" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="B165" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C165" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="D165" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E165" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F165" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2011</v>
       </c>
       <c r="I165">
         <v>2020</v>
       </c>
       <c r="J165" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="M165" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="P165" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="B166" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C166" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="D166" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E166" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F166" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>1998</v>
       </c>
       <c r="I166">
         <v>2020</v>
       </c>
       <c r="J166" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="M166" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="P166" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="B167" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C167" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D167" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>1978</v>
       </c>
       <c r="I167">
         <v>2017</v>
       </c>
       <c r="J167" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="P167" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="B168" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C168" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D168" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="E168" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F168" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G168" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H168">
         <v>2013</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="P168" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="B169" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C169" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D169" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E169" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F169" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G169" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H169">
         <v>2014</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="P169" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="B170" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C170" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D170" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="E170" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F170" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
         <v>2007</v>
       </c>
       <c r="I170">
         <v>2014</v>
       </c>
       <c r="J170" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="P170" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="B171" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="C171" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="D171" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G171" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H171">
         <v>2017</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="P171" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B172" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="C172" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="D172" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="E172" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F172" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G172" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H172">
         <v>2016</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="M172" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="P172" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B173" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C173" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D173" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>2011</v>
       </c>
       <c r="I173">
         <v>2013</v>
       </c>
       <c r="J173" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="P173" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">