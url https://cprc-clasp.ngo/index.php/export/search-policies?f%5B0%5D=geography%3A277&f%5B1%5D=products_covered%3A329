--- v0 (2025-10-10)
+++ v1 (2025-12-05)
@@ -12,589 +12,758 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -858,1333 +1027,1510 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1997</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1986</v>
+      </c>
+      <c r="I8">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
-      </c>
-[...282 lines deleted...]
-        <v>2023</v>
       </c>
       <c r="H9">
         <v>2023</v>
       </c>
-      <c r="I9" t="s">
-        <v>67</v>
+      <c r="I9">
+        <v>2023</v>
       </c>
       <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>105</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>48</v>
+      </c>
+      <c r="G13" t="s">
+        <v>8</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>115</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>116</v>
+      </c>
+      <c r="M13" t="s">
+        <v>117</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>122</v>
+      </c>
+      <c r="D14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14">
+        <v>2025</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>123</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>116</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>124</v>
+      </c>
+      <c r="P14" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>48</v>
+      </c>
+      <c r="G15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>129</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>130</v>
+      </c>
+      <c r="M15" t="s">
+        <v>131</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>132</v>
+      </c>
+      <c r="P15" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>134</v>
+      </c>
+      <c r="B16" t="s">
+        <v>135</v>
+      </c>
+      <c r="C16" t="s">
+        <v>136</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>58</v>
+      </c>
+      <c r="F16" t="s">
+        <v>137</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1998</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>138</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>139</v>
+      </c>
+      <c r="M16" t="s">
+        <v>140</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>141</v>
+      </c>
+      <c r="P16" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>143</v>
+      </c>
+      <c r="B17" t="s">
+        <v>144</v>
+      </c>
+      <c r="C17" t="s">
+        <v>145</v>
+      </c>
+      <c r="D17" t="s">
+        <v>146</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>48</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>49</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>147</v>
+      </c>
+      <c r="M17" t="s">
+        <v>148</v>
+      </c>
+      <c r="N17" t="s">
+        <v>149</v>
+      </c>
+      <c r="O17" t="s">
+        <v>150</v>
+      </c>
+      <c r="P17" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>152</v>
+      </c>
+      <c r="B18" t="s">
+        <v>153</v>
+      </c>
+      <c r="C18" t="s">
+        <v>154</v>
+      </c>
+      <c r="D18" t="s">
+        <v>155</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" t="s">
+        <v>33</v>
+      </c>
+      <c r="H18">
+        <v>2025</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>156</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>157</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>158</v>
+      </c>
+      <c r="P18" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>160</v>
+      </c>
+      <c r="B19" t="s">
+        <v>161</v>
+      </c>
+      <c r="C19" t="s">
+        <v>154</v>
+      </c>
+      <c r="D19" t="s">
+        <v>155</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...36 lines deleted...]
-      <c r="J10" t="s">
+      <c r="G19" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19">
+        <v>2025</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>156</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>157</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>162</v>
+      </c>
+      <c r="P19" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>164</v>
+      </c>
+      <c r="B20" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...31 lines deleted...]
-      <c r="G11">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
         <v>2010</v>
       </c>
-      <c r="H11"/>
-      <c r="I11" t="s">
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>99</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>167</v>
+      </c>
+      <c r="B21" t="s">
+        <v>168</v>
+      </c>
+      <c r="C21" t="s">
+        <v>169</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" t="s">
+        <v>33</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>106</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>170</v>
+      </c>
+      <c r="M21" t="s">
+        <v>171</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>172</v>
+      </c>
+      <c r="P21" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>174</v>
+      </c>
+      <c r="B22" t="s">
+        <v>175</v>
+      </c>
+      <c r="C22" t="s">
+        <v>136</v>
+      </c>
+      <c r="D22" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" t="s">
+        <v>58</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...452 lines deleted...]
-        <v>2011</v>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
-      <c r="I22" t="s">
-        <v>61</v>
+      <c r="I22">
+        <v>2011</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>176</v>
+      </c>
+      <c r="M22" t="s">
+        <v>140</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>177</v>
+      </c>
+      <c r="P22" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>179</v>
+      </c>
+      <c r="B23" t="s">
+        <v>180</v>
+      </c>
+      <c r="C23" t="s">
+        <v>181</v>
+      </c>
+      <c r="D23" t="s">
+        <v>47</v>
+      </c>
+      <c r="E23" t="s">
+        <v>58</v>
+      </c>
+      <c r="F23" t="s">
+        <v>48</v>
+      </c>
+      <c r="G23" t="s">
+        <v>59</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>182</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>50</v>
+      </c>
+      <c r="M23" t="s">
+        <v>183</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>184</v>
+      </c>
+      <c r="P23" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>186</v>
+      </c>
+      <c r="B24" t="s">
+        <v>187</v>
+      </c>
+      <c r="C24" t="s">
         <v>136</v>
       </c>
-      <c r="L22" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="E24" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>41</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2010</v>
       </c>
-      <c r="I24" t="s">
-        <v>61</v>
+      <c r="I24">
+        <v>2010</v>
       </c>
       <c r="J24" t="s">
+        <v>75</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>188</v>
+      </c>
+      <c r="M24" t="s">
+        <v>140</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>189</v>
+      </c>
+      <c r="P24" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>191</v>
+      </c>
+      <c r="B25" t="s">
+        <v>192</v>
+      </c>
+      <c r="C25" t="s">
+        <v>193</v>
+      </c>
+      <c r="D25" t="s">
+        <v>194</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>41</v>
+      </c>
+      <c r="G25" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25">
+        <v>2018</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>49</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>195</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>196</v>
+      </c>
+      <c r="P25" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>198</v>
+      </c>
+      <c r="B26" t="s">
+        <v>199</v>
+      </c>
+      <c r="C26" t="s">
+        <v>81</v>
+      </c>
+      <c r="D26" t="s">
+        <v>82</v>
+      </c>
+      <c r="E26" t="s">
+        <v>58</v>
+      </c>
+      <c r="F26" t="s">
+        <v>48</v>
+      </c>
+      <c r="G26" t="s">
+        <v>33</v>
+      </c>
+      <c r="H26">
+        <v>2020</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>91</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>200</v>
+      </c>
+      <c r="M26" t="s">
+        <v>85</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>201</v>
+      </c>
+      <c r="P26" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>203</v>
+      </c>
+      <c r="B27" t="s">
+        <v>204</v>
+      </c>
+      <c r="C27" t="s">
+        <v>66</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...62 lines deleted...]
-      <c r="D26" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2007</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>69</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>205</v>
+      </c>
+      <c r="M27" t="s">
+        <v>70</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>206</v>
+      </c>
+      <c r="P27" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>208</v>
+      </c>
+      <c r="B28" t="s">
+        <v>209</v>
+      </c>
+      <c r="C28" t="s">
+        <v>210</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>48</v>
       </c>
-      <c r="E26" t="s">
-[...47 lines deleted...]
-      <c r="G27">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2007</v>
       </c>
-      <c r="H27">
-[...11 lines deleted...]
-      <c r="L27" t="s">
+      <c r="I28">
+        <v>2012</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>211</v>
+      </c>
+      <c r="M28" t="s">
+        <v>212</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>213</v>
+      </c>
+      <c r="P28" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>215</v>
+      </c>
+      <c r="B29" t="s">
+        <v>216</v>
+      </c>
+      <c r="C29" t="s">
+        <v>217</v>
+      </c>
+      <c r="D29" t="s">
+        <v>47</v>
+      </c>
+      <c r="E29" t="s">
         <v>58</v>
       </c>
-      <c r="M27" t="s">
-[...60 lines deleted...]
-      <c r="D29" t="s">
+      <c r="F29" t="s">
         <v>48</v>
       </c>
-      <c r="E29" t="s">
-[...5 lines deleted...]
-      <c r="G29">
+      <c r="G29" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29">
         <v>2016</v>
       </c>
-      <c r="H29"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="K29" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>164</v>
+        <v>50</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="N29" t="s">
-        <v>165</v>
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>219</v>
+      </c>
+      <c r="P29" t="s">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>