--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -353,83 +353,80 @@
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
     <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
     <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
@@ -473,69 +470,69 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
@@ -1037,51 +1034,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1651,850 +1648,850 @@
       </c>
       <c r="P12" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>111</v>
       </c>
       <c r="B13" t="s">
         <v>112</v>
       </c>
       <c r="C13" t="s">
         <v>113</v>
       </c>
       <c r="D13" t="s">
         <v>114</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13">
         <v>2024</v>
       </c>
       <c r="J13" t="s">
         <v>115</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>116</v>
       </c>
       <c r="M13" t="s">
         <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>118</v>
       </c>
       <c r="P13" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>120</v>
       </c>
       <c r="B14" t="s">
         <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="D14" t="s">
         <v>82</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>48</v>
       </c>
       <c r="G14" t="s">
         <v>33</v>
       </c>
       <c r="H14">
         <v>2025</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
         <v>126</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>48</v>
       </c>
       <c r="G15" t="s">
         <v>33</v>
       </c>
       <c r="H15">
         <v>2019</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
+        <v>128</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
         <v>129</v>
       </c>
-      <c r="K15" t="s">
-[...2 lines deleted...]
-      <c r="L15" t="s">
+      <c r="M15" t="s">
         <v>130</v>
       </c>
-      <c r="M15" t="s">
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
         <v>131</v>
       </c>
-      <c r="N15" t="s">
-[...2 lines deleted...]
-      <c r="O15" t="s">
+      <c r="P15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
         <v>134</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>58</v>
       </c>
       <c r="F16" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1998</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
+        <v>137</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
         <v>138</v>
       </c>
-      <c r="K16" t="s">
-[...2 lines deleted...]
-      <c r="L16" t="s">
+      <c r="M16" t="s">
         <v>139</v>
       </c>
-      <c r="M16" t="s">
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
         <v>140</v>
       </c>
-      <c r="N16" t="s">
-[...2 lines deleted...]
-      <c r="O16" t="s">
+      <c r="P16" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>142</v>
+      </c>
+      <c r="B17" t="s">
         <v>143</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>144</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>48</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
         <v>49</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
+        <v>146</v>
+      </c>
+      <c r="M17" t="s">
         <v>147</v>
       </c>
-      <c r="M17" t="s">
+      <c r="N17" t="s">
         <v>148</v>
       </c>
-      <c r="N17" t="s">
+      <c r="O17" t="s">
         <v>149</v>
       </c>
-      <c r="O17" t="s">
+      <c r="P17" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>151</v>
+      </c>
+      <c r="B18" t="s">
         <v>152</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>153</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>41</v>
       </c>
       <c r="G18" t="s">
         <v>33</v>
       </c>
       <c r="H18">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
+        <v>156</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
         <v>157</v>
       </c>
-      <c r="N18" t="s">
-[...2 lines deleted...]
-      <c r="O18" t="s">
+      <c r="P18" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>159</v>
+      </c>
+      <c r="B19" t="s">
         <v>160</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
+        <v>153</v>
+      </c>
+      <c r="D19" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>33</v>
       </c>
       <c r="H19">
         <v>2025</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
+        <v>161</v>
+      </c>
+      <c r="P19" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>82</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2004</v>
       </c>
       <c r="I20">
         <v>2010</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>99</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>164</v>
+      </c>
+      <c r="P20" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>166</v>
+      </c>
+      <c r="B21" t="s">
         <v>167</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>41</v>
       </c>
       <c r="G21" t="s">
         <v>33</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>106</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" t="s">
         <v>170</v>
       </c>
-      <c r="M21" t="s">
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
         <v>171</v>
       </c>
-      <c r="N21" t="s">
-[...2 lines deleted...]
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>173</v>
+      </c>
+      <c r="B22" t="s">
         <v>174</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D22" t="s">
         <v>82</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
       <c r="I22">
         <v>2011</v>
       </c>
       <c r="J22" t="s">
         <v>75</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
+        <v>175</v>
+      </c>
+      <c r="M22" t="s">
+        <v>139</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>176</v>
       </c>
-      <c r="M22" t="s">
-[...5 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" t="s">
         <v>179</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="D23" t="s">
         <v>47</v>
       </c>
       <c r="E23" t="s">
         <v>58</v>
       </c>
       <c r="F23" t="s">
         <v>48</v>
       </c>
       <c r="G23" t="s">
         <v>59</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>50</v>
       </c>
       <c r="M23" t="s">
+        <v>182</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>183</v>
       </c>
-      <c r="N23" t="s">
-[...2 lines deleted...]
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>185</v>
+      </c>
+      <c r="B24" t="s">
         <v>186</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>58</v>
       </c>
       <c r="F24" t="s">
         <v>41</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2010</v>
       </c>
       <c r="I24">
         <v>2010</v>
       </c>
       <c r="J24" t="s">
         <v>75</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
+        <v>187</v>
+      </c>
+      <c r="M24" t="s">
+        <v>139</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
         <v>188</v>
       </c>
-      <c r="M24" t="s">
-[...5 lines deleted...]
-      <c r="O24" t="s">
+      <c r="P24" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>190</v>
+      </c>
+      <c r="B25" t="s">
         <v>191</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>192</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>41</v>
       </c>
       <c r="G25" t="s">
         <v>33</v>
       </c>
       <c r="H25">
         <v>2018</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>49</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
+        <v>194</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
         <v>195</v>
       </c>
-      <c r="N25" t="s">
-[...2 lines deleted...]
-      <c r="O25" t="s">
+      <c r="P25" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>197</v>
+      </c>
+      <c r="B26" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="C26" t="s">
         <v>81</v>
       </c>
       <c r="D26" t="s">
         <v>82</v>
       </c>
       <c r="E26" t="s">
         <v>58</v>
       </c>
       <c r="F26" t="s">
         <v>48</v>
       </c>
       <c r="G26" t="s">
         <v>33</v>
       </c>
       <c r="H26">
         <v>2020</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>91</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="M26" t="s">
         <v>85</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
+        <v>200</v>
+      </c>
+      <c r="P26" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>202</v>
+      </c>
+      <c r="B27" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="C27" t="s">
         <v>66</v>
       </c>
       <c r="D27" t="s">
         <v>19</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
         <v>2015</v>
       </c>
       <c r="J27" t="s">
         <v>69</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="M27" t="s">
         <v>70</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
+        <v>205</v>
+      </c>
+      <c r="P27" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
         <v>208</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="D28" t="s">
         <v>19</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>48</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2007</v>
       </c>
       <c r="I28">
         <v>2012</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
+        <v>210</v>
+      </c>
+      <c r="M28" t="s">
         <v>211</v>
       </c>
-      <c r="M28" t="s">
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
         <v>212</v>
       </c>
-      <c r="N28" t="s">
-[...2 lines deleted...]
-      <c r="O28" t="s">
+      <c r="P28" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>214</v>
+      </c>
+      <c r="B29" t="s">
         <v>215</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="D29" t="s">
         <v>47</v>
       </c>
       <c r="E29" t="s">
         <v>58</v>
       </c>
       <c r="F29" t="s">
         <v>48</v>
       </c>
       <c r="G29" t="s">
         <v>33</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>106</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>50</v>
       </c>
       <c r="M29" t="s">
+        <v>217</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>218</v>
       </c>
-      <c r="N29" t="s">
-[...2 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">