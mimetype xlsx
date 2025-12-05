--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,982 +12,1350 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
+  </si>
+  <si>
+    <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1251,2659 +1619,3022 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N60"/>
+  <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1997</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2005</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F7" t="s">
+        <v>57</v>
+      </c>
+      <c r="G7" t="s">
+        <v>68</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
+        <v>75</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1999</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1999</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>91</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" t="s">
+        <v>67</v>
+      </c>
+      <c r="F13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" t="s">
+        <v>68</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D14" t="s">
+        <v>119</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...52 lines deleted...]
-      <c r="A4" t="s">
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" t="s">
+        <v>75</v>
+      </c>
+      <c r="G15" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...70 lines deleted...]
-      <c r="K5" t="s">
+      <c r="H15">
+        <v>1995</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>83</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>127</v>
+      </c>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B16" t="s">
+        <v>132</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E16" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16" t="s">
+        <v>75</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2011</v>
+      </c>
+      <c r="J16" t="s">
+        <v>83</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>137</v>
+      </c>
+      <c r="D17" t="s">
+        <v>47</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>41</v>
       </c>
-      <c r="L5" t="s">
-[...489 lines deleted...]
-        <v>2010</v>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
-      <c r="I17" t="s">
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J17" t="s">
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1992</v>
+      </c>
+      <c r="I18">
+        <v>2009</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>138</v>
+      </c>
+      <c r="M18" t="s">
+        <v>139</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D19" t="s">
+        <v>149</v>
+      </c>
+      <c r="E19" t="s">
+        <v>67</v>
+      </c>
+      <c r="F19" t="s">
+        <v>75</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1995</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D20" t="s">
+        <v>157</v>
+      </c>
+      <c r="E20" t="s">
+        <v>67</v>
+      </c>
+      <c r="F20" t="s">
+        <v>57</v>
+      </c>
+      <c r="G20" t="s">
+        <v>33</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>158</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>159</v>
+      </c>
+      <c r="M20" t="s">
+        <v>160</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>161</v>
+      </c>
+      <c r="P20" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>163</v>
+      </c>
+      <c r="B21" t="s">
+        <v>164</v>
+      </c>
+      <c r="C21" t="s">
+        <v>165</v>
+      </c>
+      <c r="D21" t="s">
+        <v>47</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>57</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2007</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>111</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>166</v>
+      </c>
+      <c r="M21" t="s">
+        <v>167</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>168</v>
+      </c>
+      <c r="P21" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>170</v>
+      </c>
+      <c r="B22" t="s">
+        <v>171</v>
+      </c>
+      <c r="C22" t="s">
+        <v>165</v>
+      </c>
+      <c r="D22" t="s">
+        <v>47</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>57</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2006</v>
+      </c>
+      <c r="I22">
+        <v>2024</v>
+      </c>
+      <c r="J22" t="s">
+        <v>172</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>173</v>
+      </c>
+      <c r="M22" t="s">
+        <v>167</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>174</v>
+      </c>
+      <c r="P22" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C23" t="s">
+        <v>178</v>
+      </c>
+      <c r="D23" t="s">
+        <v>179</v>
+      </c>
+      <c r="E23" t="s">
+        <v>67</v>
+      </c>
+      <c r="F23" t="s">
+        <v>41</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>180</v>
+      </c>
+      <c r="K23" t="s">
+        <v>181</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>182</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>183</v>
+      </c>
+      <c r="P23" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>185</v>
+      </c>
+      <c r="B24" t="s">
+        <v>186</v>
+      </c>
+      <c r="C24" t="s">
+        <v>187</v>
+      </c>
+      <c r="D24" t="s">
+        <v>47</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>57</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2024</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>188</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>189</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>190</v>
+      </c>
+      <c r="P24" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>192</v>
+      </c>
+      <c r="B25" t="s">
+        <v>193</v>
+      </c>
+      <c r="C25" t="s">
+        <v>46</v>
+      </c>
+      <c r="D25" t="s">
+        <v>47</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...28 lines deleted...]
-      <c r="F18" t="s">
+      <c r="G25" t="s">
+        <v>194</v>
+      </c>
+      <c r="H25">
+        <v>1989</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>69</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>195</v>
+      </c>
+      <c r="M25" t="s">
+        <v>196</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>197</v>
+      </c>
+      <c r="P25" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>199</v>
+      </c>
+      <c r="B26" t="s">
+        <v>200</v>
+      </c>
+      <c r="C26" t="s">
+        <v>46</v>
+      </c>
+      <c r="D26" t="s">
+        <v>47</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>201</v>
+      </c>
+      <c r="H26">
+        <v>1989</v>
+      </c>
+      <c r="I26">
+        <v>2025</v>
+      </c>
+      <c r="J26" t="s">
+        <v>202</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>203</v>
+      </c>
+      <c r="M26" t="s">
+        <v>196</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>204</v>
+      </c>
+      <c r="P26" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>206</v>
+      </c>
+      <c r="B27" t="s">
+        <v>207</v>
+      </c>
+      <c r="C27" t="s">
+        <v>46</v>
+      </c>
+      <c r="D27" t="s">
+        <v>208</v>
+      </c>
+      <c r="E27" t="s">
+        <v>67</v>
+      </c>
+      <c r="F27" t="s">
+        <v>75</v>
+      </c>
+      <c r="G27" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>111</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>209</v>
+      </c>
+      <c r="M27" t="s">
+        <v>210</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>211</v>
+      </c>
+      <c r="P27" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>213</v>
+      </c>
+      <c r="B28" t="s">
+        <v>214</v>
+      </c>
+      <c r="C28" t="s">
+        <v>215</v>
+      </c>
+      <c r="D28" t="s">
+        <v>47</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>57</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2024</v>
+      </c>
+      <c r="J28" t="s">
+        <v>216</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>217</v>
+      </c>
+      <c r="M28" t="s">
+        <v>218</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>219</v>
+      </c>
+      <c r="P28" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>221</v>
+      </c>
+      <c r="B29" t="s">
+        <v>222</v>
+      </c>
+      <c r="C29" t="s">
+        <v>223</v>
+      </c>
+      <c r="D29" t="s">
         <v>19</v>
       </c>
-      <c r="G18">
-[...5 lines deleted...]
-      <c r="I18" t="s">
+      <c r="E29" t="s">
         <v>20</v>
       </c>
-      <c r="J18" t="s">
+      <c r="F29" t="s">
+        <v>57</v>
+      </c>
+      <c r="G29" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29">
+        <v>2019</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>224</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>225</v>
+      </c>
+      <c r="M29" t="s">
+        <v>226</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>227</v>
+      </c>
+      <c r="P29" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>229</v>
+      </c>
+      <c r="B30" t="s">
+        <v>230</v>
+      </c>
+      <c r="C30" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>67</v>
+      </c>
+      <c r="F30" t="s">
+        <v>75</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1998</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>231</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>232</v>
+      </c>
+      <c r="M30" t="s">
+        <v>128</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>233</v>
+      </c>
+      <c r="P30" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>235</v>
+      </c>
+      <c r="B31" t="s">
+        <v>236</v>
+      </c>
+      <c r="C31" t="s">
+        <v>237</v>
+      </c>
+      <c r="D31" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>57</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31">
+        <v>2018</v>
+      </c>
+      <c r="J31" t="s">
+        <v>238</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>239</v>
+      </c>
+      <c r="M31" t="s">
+        <v>218</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>240</v>
+      </c>
+      <c r="P31" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>242</v>
+      </c>
+      <c r="B32" t="s">
+        <v>243</v>
+      </c>
+      <c r="C32" t="s">
+        <v>98</v>
+      </c>
+      <c r="D32" t="s">
+        <v>47</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>57</v>
+      </c>
+      <c r="G32" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32">
+        <v>2021</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
+      <c r="J32" t="s">
+        <v>244</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>245</v>
+      </c>
+      <c r="M32" t="s">
+        <v>100</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>246</v>
+      </c>
+      <c r="P32" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>248</v>
+      </c>
+      <c r="B33" t="s">
+        <v>249</v>
+      </c>
+      <c r="C33" t="s">
+        <v>118</v>
+      </c>
+      <c r="D33" t="s">
+        <v>47</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>41</v>
+      </c>
+      <c r="G33" t="s">
+        <v>250</v>
+      </c>
+      <c r="H33">
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>224</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>251</v>
+      </c>
+      <c r="M33" t="s">
+        <v>252</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>253</v>
+      </c>
+      <c r="P33" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>255</v>
+      </c>
+      <c r="B34" t="s">
+        <v>136</v>
+      </c>
+      <c r="C34" t="s">
+        <v>137</v>
+      </c>
+      <c r="D34" t="s">
+        <v>47</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K18" t="s">
-[...680 lines deleted...]
-        <v>2010</v>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
-      <c r="I34" t="s">
+      <c r="I34">
+        <v>2010</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>138</v>
+      </c>
+      <c r="M34" t="s">
+        <v>139</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>256</v>
+      </c>
+      <c r="P34" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>258</v>
+      </c>
+      <c r="B35" t="s">
+        <v>259</v>
+      </c>
+      <c r="C35" t="s">
+        <v>137</v>
+      </c>
+      <c r="D35" t="s">
+        <v>47</v>
+      </c>
+      <c r="E35" t="s">
         <v>20</v>
       </c>
-      <c r="J34" t="s">
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...28 lines deleted...]
-      <c r="F35" t="s">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1992</v>
+      </c>
+      <c r="I35">
+        <v>2004</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>138</v>
+      </c>
+      <c r="M35" t="s">
+        <v>139</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>260</v>
+      </c>
+      <c r="P35" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>262</v>
+      </c>
+      <c r="B36" t="s">
+        <v>263</v>
+      </c>
+      <c r="C36" t="s">
+        <v>118</v>
+      </c>
+      <c r="D36" t="s">
+        <v>47</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36">
+        <v>2022</v>
+      </c>
+      <c r="J36" t="s">
+        <v>224</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>264</v>
+      </c>
+      <c r="M36" t="s">
+        <v>252</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>265</v>
+      </c>
+      <c r="P36" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>267</v>
+      </c>
+      <c r="B37" t="s">
+        <v>268</v>
+      </c>
+      <c r="C37" t="s">
+        <v>118</v>
+      </c>
+      <c r="D37" t="s">
+        <v>47</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2025</v>
+      </c>
+      <c r="J37" t="s">
+        <v>269</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>252</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>270</v>
+      </c>
+      <c r="P37" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>271</v>
+      </c>
+      <c r="B38" t="s">
+        <v>272</v>
+      </c>
+      <c r="C38" t="s">
+        <v>187</v>
+      </c>
+      <c r="D38" t="s">
+        <v>47</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>57</v>
+      </c>
+      <c r="G38" t="s">
+        <v>33</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>111</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>273</v>
+      </c>
+      <c r="M38" t="s">
+        <v>274</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>275</v>
+      </c>
+      <c r="P38" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>277</v>
+      </c>
+      <c r="B39" t="s">
+        <v>278</v>
+      </c>
+      <c r="C39" t="s">
+        <v>279</v>
+      </c>
+      <c r="D39" t="s">
+        <v>47</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>57</v>
+      </c>
+      <c r="G39" t="s">
+        <v>33</v>
+      </c>
+      <c r="H39">
+        <v>2024</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>244</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>280</v>
+      </c>
+      <c r="M39" t="s">
+        <v>281</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>282</v>
+      </c>
+      <c r="P39" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>284</v>
+      </c>
+      <c r="B40" t="s">
+        <v>285</v>
+      </c>
+      <c r="C40" t="s">
+        <v>126</v>
+      </c>
+      <c r="D40" t="s">
+        <v>47</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2000</v>
+      </c>
+      <c r="I40">
+        <v>2018</v>
+      </c>
+      <c r="J40" t="s">
+        <v>111</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>128</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>286</v>
+      </c>
+      <c r="P40" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>288</v>
+      </c>
+      <c r="B41" t="s">
+        <v>289</v>
+      </c>
+      <c r="C41" t="s">
+        <v>178</v>
+      </c>
+      <c r="D41" t="s">
+        <v>179</v>
+      </c>
+      <c r="E41" t="s">
+        <v>67</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>33</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>180</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>182</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>290</v>
+      </c>
+      <c r="P41" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>291</v>
+      </c>
+      <c r="B42" t="s">
+        <v>292</v>
+      </c>
+      <c r="C42" t="s">
+        <v>187</v>
+      </c>
+      <c r="D42" t="s">
+        <v>293</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>57</v>
+      </c>
+      <c r="G42" t="s">
+        <v>33</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>111</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>294</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>295</v>
+      </c>
+      <c r="P42" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>297</v>
+      </c>
+      <c r="B43" t="s">
+        <v>298</v>
+      </c>
+      <c r="C43" t="s">
+        <v>299</v>
+      </c>
+      <c r="D43" t="s">
+        <v>47</v>
+      </c>
+      <c r="E43" t="s">
+        <v>67</v>
+      </c>
+      <c r="F43" t="s">
+        <v>300</v>
+      </c>
+      <c r="G43" t="s">
+        <v>33</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>301</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>302</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>303</v>
+      </c>
+      <c r="P43" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>305</v>
+      </c>
+      <c r="B44" t="s">
+        <v>306</v>
+      </c>
+      <c r="C44" t="s">
+        <v>98</v>
+      </c>
+      <c r="D44" t="s">
         <v>19</v>
       </c>
-      <c r="G35">
-[...5 lines deleted...]
-      <c r="I35" t="s">
+      <c r="E44" t="s">
         <v>20</v>
       </c>
-      <c r="J35" t="s">
+      <c r="F44" t="s">
+        <v>41</v>
+      </c>
+      <c r="G44" t="s">
+        <v>33</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>158</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>307</v>
+      </c>
+      <c r="M44" t="s">
+        <v>100</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>308</v>
+      </c>
+      <c r="P44" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>310</v>
+      </c>
+      <c r="B45" t="s">
+        <v>311</v>
+      </c>
+      <c r="C45" t="s">
+        <v>312</v>
+      </c>
+      <c r="D45" t="s">
+        <v>313</v>
+      </c>
+      <c r="E45" t="s">
+        <v>314</v>
+      </c>
+      <c r="F45" t="s">
+        <v>57</v>
+      </c>
+      <c r="G45" t="s">
+        <v>68</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>269</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45"/>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>315</v>
+      </c>
+      <c r="P45" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>317</v>
+      </c>
+      <c r="B46" t="s">
+        <v>318</v>
+      </c>
+      <c r="C46" t="s">
+        <v>126</v>
+      </c>
+      <c r="D46" t="s">
+        <v>47</v>
+      </c>
+      <c r="E46" t="s">
+        <v>67</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...28 lines deleted...]
-      <c r="F36" t="s">
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1996</v>
+      </c>
+      <c r="I46">
+        <v>2011</v>
+      </c>
+      <c r="J46" t="s">
+        <v>83</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>127</v>
+      </c>
+      <c r="M46" t="s">
+        <v>128</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>319</v>
+      </c>
+      <c r="P46" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>321</v>
+      </c>
+      <c r="B47" t="s">
+        <v>47</v>
+      </c>
+      <c r="C47" t="s">
+        <v>126</v>
+      </c>
+      <c r="D47" t="s">
+        <v>47</v>
+      </c>
+      <c r="E47" t="s">
+        <v>67</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1996</v>
+      </c>
+      <c r="I47">
+        <v>2011</v>
+      </c>
+      <c r="J47" t="s">
+        <v>83</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>127</v>
+      </c>
+      <c r="M47" t="s">
+        <v>128</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>322</v>
+      </c>
+      <c r="P47" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>323</v>
+      </c>
+      <c r="B48" t="s">
+        <v>324</v>
+      </c>
+      <c r="C48" t="s">
+        <v>325</v>
+      </c>
+      <c r="D48" t="s">
+        <v>56</v>
+      </c>
+      <c r="E48" t="s">
+        <v>67</v>
+      </c>
+      <c r="F48" t="s">
+        <v>57</v>
+      </c>
+      <c r="G48" t="s">
+        <v>68</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>326</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>59</v>
+      </c>
+      <c r="M48" t="s">
+        <v>327</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>328</v>
+      </c>
+      <c r="P48" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>330</v>
+      </c>
+      <c r="B49" t="s">
+        <v>331</v>
+      </c>
+      <c r="C49" t="s">
+        <v>126</v>
+      </c>
+      <c r="D49" t="s">
+        <v>47</v>
+      </c>
+      <c r="E49" t="s">
+        <v>67</v>
+      </c>
+      <c r="F49" t="s">
+        <v>41</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2010</v>
+      </c>
+      <c r="I49">
+        <v>2018</v>
+      </c>
+      <c r="J49" t="s">
+        <v>83</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>128</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>332</v>
+      </c>
+      <c r="P49" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>334</v>
+      </c>
+      <c r="B50" t="s">
+        <v>335</v>
+      </c>
+      <c r="C50" t="s">
+        <v>126</v>
+      </c>
+      <c r="D50" t="s">
         <v>19</v>
       </c>
-      <c r="G36">
-[...415 lines deleted...]
-      <c r="I46" t="s">
+      <c r="E50" t="s">
         <v>67</v>
       </c>
-      <c r="J46" t="s">
-[...156 lines deleted...]
-      </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>41</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2010</v>
       </c>
-      <c r="I50" t="s">
+      <c r="I50">
+        <v>2010</v>
+      </c>
+      <c r="J50" t="s">
+        <v>83</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>336</v>
+      </c>
+      <c r="M50" t="s">
+        <v>128</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>337</v>
+      </c>
+      <c r="P50" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>339</v>
+      </c>
+      <c r="B51" t="s">
+        <v>340</v>
+      </c>
+      <c r="C51" t="s">
+        <v>341</v>
+      </c>
+      <c r="D51" t="s">
+        <v>342</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>41</v>
+      </c>
+      <c r="G51" t="s">
+        <v>33</v>
+      </c>
+      <c r="H51">
+        <v>2018</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>58</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>343</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>344</v>
+      </c>
+      <c r="P51" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>346</v>
+      </c>
+      <c r="B52" t="s">
+        <v>347</v>
+      </c>
+      <c r="C52" t="s">
+        <v>118</v>
+      </c>
+      <c r="D52" t="s">
+        <v>47</v>
+      </c>
+      <c r="E52" t="s">
         <v>67</v>
       </c>
-      <c r="J50" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>75</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
-      <c r="I52" t="s">
-        <v>236</v>
+      <c r="I52">
+        <v>2012</v>
       </c>
       <c r="J52" t="s">
+        <v>326</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>348</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>349</v>
+      </c>
+      <c r="P52" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>351</v>
+      </c>
+      <c r="B53" t="s">
+        <v>352</v>
+      </c>
+      <c r="C53" t="s">
+        <v>353</v>
+      </c>
+      <c r="D53" t="s">
+        <v>47</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>57</v>
+      </c>
+      <c r="G53" t="s">
+        <v>33</v>
+      </c>
+      <c r="H53">
+        <v>2020</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>238</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>354</v>
+      </c>
+      <c r="M53" t="s">
+        <v>355</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>356</v>
+      </c>
+      <c r="P53" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>358</v>
+      </c>
+      <c r="B54" t="s">
+        <v>359</v>
+      </c>
+      <c r="C54" t="s">
+        <v>89</v>
+      </c>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K52"/>
-      <c r="L52" t="s">
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2007</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>92</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>360</v>
+      </c>
+      <c r="M54" t="s">
+        <v>93</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>361</v>
+      </c>
+      <c r="P54" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>363</v>
+      </c>
+      <c r="B55" t="s">
+        <v>364</v>
+      </c>
+      <c r="C55" t="s">
+        <v>299</v>
+      </c>
+      <c r="D55" t="s">
+        <v>47</v>
+      </c>
+      <c r="E55" t="s">
+        <v>67</v>
+      </c>
+      <c r="F55" t="s">
+        <v>75</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2002</v>
+      </c>
+      <c r="I55">
+        <v>2021</v>
+      </c>
+      <c r="J55" t="s">
+        <v>365</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>366</v>
+      </c>
+      <c r="M55" t="s">
+        <v>367</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>368</v>
+      </c>
+      <c r="P55" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>370</v>
+      </c>
+      <c r="B56" t="s">
+        <v>371</v>
+      </c>
+      <c r="C56" t="s">
+        <v>299</v>
+      </c>
+      <c r="D56" t="s">
+        <v>47</v>
+      </c>
+      <c r="E56" t="s">
+        <v>67</v>
+      </c>
+      <c r="F56" t="s">
+        <v>41</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1995</v>
+      </c>
+      <c r="I56">
+        <v>2019</v>
+      </c>
+      <c r="J56" t="s">
+        <v>224</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>372</v>
+      </c>
+      <c r="M56" t="s">
+        <v>373</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>374</v>
+      </c>
+      <c r="P56" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>376</v>
+      </c>
+      <c r="B57" t="s">
+        <v>377</v>
+      </c>
+      <c r="C57" t="s">
+        <v>299</v>
+      </c>
+      <c r="D57" t="s">
+        <v>47</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
         <v>250</v>
       </c>
-      <c r="M52" t="s">
-[...19 lines deleted...]
-      <c r="E53" t="s">
+      <c r="H57">
+        <v>2004</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>188</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>378</v>
+      </c>
+      <c r="M57" t="s">
+        <v>379</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>380</v>
+      </c>
+      <c r="P57" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>382</v>
+      </c>
+      <c r="B58" t="s">
+        <v>383</v>
+      </c>
+      <c r="C58" t="s">
+        <v>299</v>
+      </c>
+      <c r="D58" t="s">
         <v>47</v>
       </c>
-      <c r="F53" t="s">
-[...41 lines deleted...]
-      <c r="F54" t="s">
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>57</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2004</v>
+      </c>
+      <c r="I58">
+        <v>2021</v>
+      </c>
+      <c r="J58" t="s">
+        <v>188</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>379</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>384</v>
+      </c>
+      <c r="P58" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>386</v>
+      </c>
+      <c r="B59" t="s">
+        <v>387</v>
+      </c>
+      <c r="C59" t="s">
+        <v>388</v>
+      </c>
+      <c r="D59" t="s">
         <v>19</v>
       </c>
-      <c r="G54">
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>57</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2007</v>
       </c>
-      <c r="H54">
-[...215 lines deleted...]
-      <c r="H59">
+      <c r="I59">
         <v>2012</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K59" t="s">
-        <v>277</v>
+        <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>278</v>
+        <v>389</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>390</v>
       </c>
       <c r="N59" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>391</v>
+      </c>
+      <c r="P59" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>280</v>
+        <v>393</v>
       </c>
       <c r="B60" t="s">
-        <v>281</v>
+        <v>394</v>
       </c>
       <c r="C60" t="s">
-        <v>46</v>
+        <v>395</v>
       </c>
       <c r="D60" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E60" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="F60" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G60">
+        <v>57</v>
+      </c>
+      <c r="G60" t="s">
+        <v>33</v>
+      </c>
+      <c r="H60">
         <v>2016</v>
       </c>
-      <c r="H60"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="K60" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>282</v>
+        <v>59</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>396</v>
       </c>
       <c r="N60" t="s">
-        <v>283</v>
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>397</v>
+      </c>
+      <c r="P60" t="s">
+        <v>398</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>