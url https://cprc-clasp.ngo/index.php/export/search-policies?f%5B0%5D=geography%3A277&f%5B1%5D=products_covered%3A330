--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="402">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -582,66 +582,66 @@
   <si>
     <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
     <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
@@ -754,50 +754,53 @@
   <si>
     <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
@@ -836,90 +839,93 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
   </si>
   <si>
     <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
 MEPS requirement (kWh/year): 0.576 x Vadj + 420
 Where Vadj = adjusted volume (in liters)</t>
   </si>
@@ -1209,50 +1215,53 @@
   </si>
   <si>
     <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
@@ -2785,55 +2794,53 @@
         <v>184</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>185</v>
       </c>
       <c r="B24" t="s">
         <v>186</v>
       </c>
       <c r="C24" t="s">
         <v>187</v>
       </c>
       <c r="D24" t="s">
         <v>47</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
-      <c r="H24">
+      <c r="H24"/>
+      <c r="I24">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="J24" t="s">
         <v>188</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>189</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>190</v>
       </c>
       <c r="P24" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>192</v>
       </c>
@@ -3127,1478 +3134,1478 @@
       </c>
       <c r="P30" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>235</v>
       </c>
       <c r="B31" t="s">
         <v>236</v>
       </c>
       <c r="C31" t="s">
         <v>237</v>
       </c>
       <c r="D31" t="s">
         <v>47</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>57</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>238</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2018</v>
       </c>
       <c r="J31" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M31" t="s">
         <v>218</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P31" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B32" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C32" t="s">
         <v>98</v>
       </c>
       <c r="D32" t="s">
         <v>47</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>57</v>
       </c>
       <c r="G32" t="s">
         <v>33</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32">
         <v>2024</v>
       </c>
       <c r="J32" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="M32" t="s">
         <v>100</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P32" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B33" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C33" t="s">
         <v>118</v>
       </c>
       <c r="D33" t="s">
         <v>47</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>41</v>
       </c>
       <c r="G33" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H33">
         <v>2008</v>
       </c>
       <c r="I33">
         <v>2014</v>
       </c>
       <c r="J33" t="s">
         <v>224</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M33" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P33" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B34" t="s">
         <v>136</v>
       </c>
       <c r="C34" t="s">
         <v>137</v>
       </c>
       <c r="D34" t="s">
         <v>47</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
       <c r="I34">
         <v>2010</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>138</v>
       </c>
       <c r="M34" t="s">
         <v>139</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P34" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B35" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C35" t="s">
         <v>137</v>
       </c>
       <c r="D35" t="s">
         <v>47</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>1992</v>
       </c>
       <c r="I35">
         <v>2004</v>
       </c>
       <c r="J35" t="s">
         <v>23</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>138</v>
       </c>
       <c r="M35" t="s">
         <v>139</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P35" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B36" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C36" t="s">
         <v>118</v>
       </c>
       <c r="D36" t="s">
         <v>47</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>238</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36">
         <v>2022</v>
       </c>
       <c r="J36" t="s">
         <v>224</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P36" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B37" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C37" t="s">
         <v>118</v>
       </c>
       <c r="D37" t="s">
         <v>47</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37">
         <v>2025</v>
       </c>
       <c r="J37" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C38" t="s">
         <v>187</v>
       </c>
       <c r="D38" t="s">
         <v>47</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>57</v>
       </c>
       <c r="G38" t="s">
-        <v>33</v>
+        <v>274</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>111</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="M38" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="P38" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B39" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C39" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D39" t="s">
         <v>47</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>57</v>
       </c>
       <c r="G39" t="s">
         <v>33</v>
       </c>
       <c r="H39">
         <v>2024</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="M39" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="P39" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B40" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C40" t="s">
         <v>126</v>
       </c>
       <c r="D40" t="s">
         <v>47</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2000</v>
       </c>
       <c r="I40">
         <v>2018</v>
       </c>
       <c r="J40" t="s">
         <v>111</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>128</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="P40" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B41" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C41" t="s">
         <v>178</v>
       </c>
       <c r="D41" t="s">
         <v>179</v>
       </c>
       <c r="E41" t="s">
         <v>67</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>33</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>180</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>182</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="P41" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B42" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C42" t="s">
         <v>187</v>
       </c>
       <c r="D42" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>57</v>
       </c>
       <c r="G42" t="s">
         <v>33</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>111</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="P42" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B43" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C43" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D43" t="s">
         <v>47</v>
       </c>
       <c r="E43" t="s">
         <v>67</v>
       </c>
       <c r="F43" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="G43" t="s">
         <v>33</v>
       </c>
       <c r="H43">
         <v>2009</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="P43" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B44" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C44" t="s">
         <v>98</v>
       </c>
       <c r="D44" t="s">
         <v>19</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>41</v>
       </c>
       <c r="G44" t="s">
         <v>33</v>
       </c>
       <c r="H44">
         <v>2013</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>158</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="M44" t="s">
         <v>100</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="P44" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B45" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C45" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D45" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E45" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F45" t="s">
         <v>57</v>
       </c>
       <c r="G45" t="s">
         <v>68</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="P45" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B46" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C46" t="s">
         <v>126</v>
       </c>
       <c r="D46" t="s">
         <v>47</v>
       </c>
       <c r="E46" t="s">
         <v>67</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>1996</v>
       </c>
       <c r="I46">
         <v>2011</v>
       </c>
       <c r="J46" t="s">
         <v>83</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
         <v>127</v>
       </c>
       <c r="M46" t="s">
         <v>128</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="P46" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B47" t="s">
         <v>47</v>
       </c>
       <c r="C47" t="s">
         <v>126</v>
       </c>
       <c r="D47" t="s">
         <v>47</v>
       </c>
       <c r="E47" t="s">
         <v>67</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>1996</v>
       </c>
       <c r="I47">
         <v>2011</v>
       </c>
       <c r="J47" t="s">
         <v>83</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
         <v>127</v>
       </c>
       <c r="M47" t="s">
         <v>128</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
+        <v>324</v>
+      </c>
+      <c r="P47" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B48" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C48" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D48" t="s">
         <v>56</v>
       </c>
       <c r="E48" t="s">
         <v>67</v>
       </c>
       <c r="F48" t="s">
         <v>57</v>
       </c>
       <c r="G48" t="s">
         <v>68</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
         <v>59</v>
       </c>
       <c r="M48" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="P48" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B49" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C49" t="s">
         <v>126</v>
       </c>
       <c r="D49" t="s">
         <v>47</v>
       </c>
       <c r="E49" t="s">
         <v>67</v>
       </c>
       <c r="F49" t="s">
         <v>41</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2010</v>
       </c>
       <c r="I49">
         <v>2018</v>
       </c>
       <c r="J49" t="s">
         <v>83</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>128</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="P49" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B50" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C50" t="s">
         <v>126</v>
       </c>
       <c r="D50" t="s">
         <v>19</v>
       </c>
       <c r="E50" t="s">
         <v>67</v>
       </c>
       <c r="F50" t="s">
         <v>41</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2010</v>
       </c>
       <c r="I50">
         <v>2010</v>
       </c>
       <c r="J50" t="s">
         <v>83</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="M50" t="s">
         <v>128</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="P50" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B51" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C51" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D51" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>41</v>
       </c>
       <c r="G51" t="s">
         <v>33</v>
       </c>
       <c r="H51">
         <v>2018</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>58</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="P51" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B52" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C52" t="s">
         <v>118</v>
       </c>
       <c r="D52" t="s">
         <v>47</v>
       </c>
       <c r="E52" t="s">
         <v>67</v>
       </c>
       <c r="F52" t="s">
         <v>75</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
       <c r="I52">
         <v>2012</v>
       </c>
       <c r="J52" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="P52" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B53" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C53" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D53" t="s">
         <v>47</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>57</v>
       </c>
       <c r="G53" t="s">
         <v>33</v>
       </c>
       <c r="H53">
         <v>2020</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="M53" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="P53" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B54" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C54" t="s">
         <v>89</v>
       </c>
       <c r="D54" t="s">
         <v>19</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2007</v>
       </c>
       <c r="I54">
         <v>2015</v>
       </c>
       <c r="J54" t="s">
         <v>92</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="M54" t="s">
         <v>93</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="P54" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B55" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C55" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D55" t="s">
         <v>47</v>
       </c>
       <c r="E55" t="s">
         <v>67</v>
       </c>
       <c r="F55" t="s">
         <v>75</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2002</v>
       </c>
       <c r="I55">
         <v>2021</v>
       </c>
       <c r="J55" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="M55" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="P55" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B56" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C56" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D56" t="s">
         <v>47</v>
       </c>
       <c r="E56" t="s">
         <v>67</v>
       </c>
       <c r="F56" t="s">
         <v>41</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>1995</v>
       </c>
       <c r="I56">
         <v>2019</v>
       </c>
       <c r="J56" t="s">
         <v>224</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="M56" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="P56" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B57" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C57" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D57" t="s">
         <v>47</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>250</v>
+        <v>380</v>
       </c>
       <c r="H57">
         <v>2004</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>188</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="M57" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="P57" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B58" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C58" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D58" t="s">
         <v>47</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>57</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2004</v>
       </c>
       <c r="I58">
         <v>2021</v>
       </c>
       <c r="J58" t="s">
         <v>188</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="P58" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B59" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C59" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D59" t="s">
         <v>19</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>57</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2007</v>
       </c>
       <c r="I59">
         <v>2012</v>
       </c>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="M59" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="P59" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B60" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C60" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="D60" t="s">
         <v>56</v>
       </c>
       <c r="E60" t="s">
         <v>67</v>
       </c>
       <c r="F60" t="s">
         <v>57</v>
       </c>
       <c r="G60" t="s">
         <v>33</v>
       </c>
       <c r="H60">
         <v>2016</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>158</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
         <v>59</v>
       </c>
       <c r="M60" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="P60" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">