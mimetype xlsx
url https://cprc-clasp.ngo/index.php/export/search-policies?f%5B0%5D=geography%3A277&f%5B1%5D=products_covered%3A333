--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,338 +12,423 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -607,751 +692,842 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="146" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="154.391" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...166 lines deleted...]
-      </c>
       <c r="L6" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="M6" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
         <v>48</v>
       </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>62</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
         <v>2006</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2024</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="K7" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>62</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-        <v>52</v>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...43 lines deleted...]
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>48</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>48</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
         <v>34</v>
       </c>
-      <c r="J9" t="s">
-[...11 lines deleted...]
-      <c r="N9" t="s">
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>48</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>62</v>
       </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>87</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>48</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
     </row>
-    <row r="10" spans="1:14">
-[...9 lines deleted...]
-      <c r="D10" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>86</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>62</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
+        <v>48</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>62</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14">
+        <v>2011</v>
+      </c>
+      <c r="J14" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>101</v>
+      </c>
+      <c r="N14" t="s">
+        <v>48</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>107</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>108</v>
+      </c>
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="E10" t="s">
-[...235 lines deleted...]
-        <v>82</v>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>