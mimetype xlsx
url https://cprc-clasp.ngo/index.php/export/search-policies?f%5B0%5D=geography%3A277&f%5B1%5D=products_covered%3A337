--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,448 +12,582 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -717,1033 +851,1168 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="173" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2005</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...16 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E9" t="s">
+        <v>63</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>70</v>
+      </c>
+      <c r="G10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>32</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>70</v>
+      </c>
+      <c r="G11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="J11" t="s">
+        <v>32</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>72</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="J3" t="s">
-[...8 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>99</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...43 lines deleted...]
-      <c r="F5" t="s">
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...18 lines deleted...]
-      <c r="N5" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>107</v>
+      </c>
+      <c r="G14" t="s">
         <v>38</v>
-      </c>
-[...357 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H14">
         <v>2008</v>
       </c>
-      <c r="I14" t="s">
+      <c r="I14">
+        <v>2008</v>
+      </c>
+      <c r="J14" t="s">
+        <v>32</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>46</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="J14" t="s">
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>107</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>116</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...5 lines deleted...]
-      <c r="M14" t="s">
+      <c r="G16" t="s">
+        <v>117</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>118</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-[...19 lines deleted...]
-      <c r="F15" t="s">
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>125</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G15">
-[...3 lines deleted...]
-      <c r="I15" t="s">
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J15" t="s">
+      <c r="F17" t="s">
+        <v>107</v>
+      </c>
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>126</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>127</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>116</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>107</v>
+      </c>
+      <c r="G18" t="s">
+        <v>117</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>118</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>120</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>63</v>
+      </c>
+      <c r="F19" t="s">
+        <v>53</v>
+      </c>
+      <c r="G19" t="s">
+        <v>64</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>138</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>55</v>
+      </c>
+      <c r="M19" t="s">
+        <v>139</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>144</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>63</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
+      <c r="G20" t="s">
+        <v>38</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>54</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>150</v>
+      </c>
+      <c r="D21" t="s">
+        <v>151</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="L15" t="s">
-[...2 lines deleted...]
-      <c r="M15" t="s">
+      <c r="H21">
+        <v>2018</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>54</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...38 lines deleted...]
-      <c r="M16" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>52</v>
+      </c>
+      <c r="E22" t="s">
+        <v>63</v>
+      </c>
+      <c r="F22" t="s">
+        <v>53</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>101</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...240 lines deleted...]
-      </c>
       <c r="L22" t="s">
-        <v>117</v>
+        <v>55</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="N22" t="s">
-        <v>118</v>
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>