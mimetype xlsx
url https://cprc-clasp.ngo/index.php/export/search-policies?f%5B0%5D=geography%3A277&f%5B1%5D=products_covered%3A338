--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,254 +12,304 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,321 +573,354 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="159" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="65.984" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2000</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2009</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2024</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2024</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...110 lines deleted...]
-      <c r="G5">
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2016</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="N5" t="s">
-        <v>50</v>
+        <v>59</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>