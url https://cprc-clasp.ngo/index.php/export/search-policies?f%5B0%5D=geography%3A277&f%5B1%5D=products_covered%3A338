--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -123,93 +123,93 @@
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -596,51 +596,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -719,97 +719,99 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
         <v>36</v>
-      </c>
-[...5 lines deleted...]
-        <v>37</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
         <v>38</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>39</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
         <v>42</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H4">
         <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>47</v>
       </c>
       <c r="M4" t="s">
         <v>48</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>49</v>
       </c>
       <c r="P4" t="s">
         <v>50</v>