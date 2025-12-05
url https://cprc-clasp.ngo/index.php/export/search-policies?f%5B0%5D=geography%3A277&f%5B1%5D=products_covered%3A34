--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,227 +12,267 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
+  </si>
+  <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -496,401 +536,446 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="101" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="421.04" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="89.55" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...3 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>28</v>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...3 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...117 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="N7" t="s">
-        <v>45</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>