--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,1066 +12,1493 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1335,3337 +1762,3794 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N76"/>
+  <dimension ref="A1:P76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1979</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>52</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>52</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>35</v>
+      </c>
+      <c r="M9" t="s">
+        <v>52</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" t="s">
+        <v>75</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>75</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2002</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>35</v>
+      </c>
+      <c r="M11" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>75</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>89</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>75</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>82</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>77</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>64</v>
+      </c>
+      <c r="E14" t="s">
+        <v>74</v>
+      </c>
+      <c r="F14" t="s">
+        <v>75</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>82</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>77</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F15" t="s">
+        <v>75</v>
+      </c>
+      <c r="G15" t="s">
+        <v>50</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>58</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>77</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>111</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2023</v>
+      </c>
+      <c r="J16" t="s">
+        <v>112</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>113</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G17" t="s">
+        <v>50</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>112</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>120</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>125</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>126</v>
+      </c>
+      <c r="F18" t="s">
+        <v>127</v>
+      </c>
+      <c r="G18" t="s">
+        <v>128</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>129</v>
+      </c>
+      <c r="M18" t="s">
+        <v>130</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>74</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>128</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>136</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>137</v>
+      </c>
+      <c r="M19" t="s">
+        <v>138</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>143</v>
+      </c>
+      <c r="D20" t="s">
+        <v>144</v>
+      </c>
+      <c r="E20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" t="s">
+        <v>75</v>
+      </c>
+      <c r="G20" t="s">
+        <v>50</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>145</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>143</v>
+      </c>
+      <c r="D21" t="s">
+        <v>151</v>
+      </c>
+      <c r="E21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F21" t="s">
+        <v>75</v>
+      </c>
+      <c r="G21" t="s">
+        <v>50</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>145</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>146</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>143</v>
+      </c>
+      <c r="D22" t="s">
+        <v>64</v>
+      </c>
+      <c r="E22" t="s">
+        <v>74</v>
+      </c>
+      <c r="F22" t="s">
+        <v>75</v>
+      </c>
+      <c r="G22" t="s">
+        <v>50</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>145</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>146</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>156</v>
+      </c>
+      <c r="B23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>143</v>
+      </c>
+      <c r="D23" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" t="s">
+        <v>74</v>
+      </c>
+      <c r="F23" t="s">
+        <v>75</v>
+      </c>
+      <c r="G23" t="s">
+        <v>50</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>145</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>146</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>158</v>
+      </c>
+      <c r="P23" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>143</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>74</v>
+      </c>
+      <c r="F24" t="s">
+        <v>75</v>
+      </c>
+      <c r="G24" t="s">
+        <v>50</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>145</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>146</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>162</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>164</v>
+      </c>
+      <c r="D25" t="s">
+        <v>165</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>127</v>
+      </c>
+      <c r="G25" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...51 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>166</v>
+      </c>
+      <c r="M25" t="s">
+        <v>167</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" t="s">
+        <v>172</v>
+      </c>
+      <c r="D26" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...102 lines deleted...]
-      <c r="G6">
+      <c r="E26" t="s">
+        <v>74</v>
+      </c>
+      <c r="F26" t="s">
+        <v>75</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2002</v>
+      </c>
+      <c r="I26">
         <v>2015</v>
       </c>
-      <c r="H6"/>
-[...326 lines deleted...]
-      <c r="A14" t="s">
+      <c r="J26" t="s">
+        <v>173</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>174</v>
+      </c>
+      <c r="M26" t="s">
+        <v>175</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>176</v>
+      </c>
+      <c r="P26" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>172</v>
+      </c>
+      <c r="D27" t="s">
+        <v>144</v>
+      </c>
+      <c r="E27" t="s">
         <v>74</v>
       </c>
-      <c r="B14" t="s">
-[...26 lines deleted...]
-      <c r="K14" t="s">
+      <c r="F27" t="s">
         <v>75</v>
       </c>
-      <c r="L14" t="s">
-[...519 lines deleted...]
-        <v>2007</v>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
-      <c r="I27" t="s">
-        <v>129</v>
+      <c r="I27">
+        <v>2007</v>
       </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>173</v>
       </c>
       <c r="K27" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>131</v>
+        <v>180</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="N27" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>181</v>
+      </c>
+      <c r="P27" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>136</v>
+        <v>183</v>
       </c>
       <c r="B28" t="s">
-        <v>128</v>
+        <v>184</v>
       </c>
       <c r="C28" t="s">
-        <v>113</v>
+        <v>172</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>151</v>
       </c>
       <c r="E28" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F28" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>75</v>
+      </c>
+      <c r="G28" t="s">
+        <v>50</v>
+      </c>
+      <c r="H28">
         <v>2008</v>
       </c>
-      <c r="H28"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>173</v>
       </c>
       <c r="K28" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>131</v>
+        <v>185</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="N28" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>186</v>
+      </c>
+      <c r="P28" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>139</v>
+        <v>188</v>
       </c>
       <c r="B29" t="s">
-        <v>128</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
-        <v>51</v>
+        <v>172</v>
       </c>
       <c r="D29" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="E29" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>75</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2000</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2015</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>173</v>
       </c>
       <c r="K29" t="s">
-        <v>140</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>141</v>
+        <v>190</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N29" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>192</v>
+      </c>
+      <c r="P29" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>194</v>
+      </c>
+      <c r="B30" t="s">
+        <v>195</v>
+      </c>
+      <c r="C30" t="s">
         <v>143</v>
       </c>
-      <c r="B30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E30" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
-      <c r="I30" t="s">
-        <v>109</v>
+      <c r="I30">
+        <v>2012</v>
       </c>
       <c r="J30" t="s">
+        <v>145</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>146</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>196</v>
+      </c>
+      <c r="P30" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>198</v>
+      </c>
+      <c r="B31" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" t="s">
+        <v>200</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>74</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31">
+        <v>2019</v>
+      </c>
+      <c r="J31" t="s">
+        <v>201</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" t="s">
+        <v>203</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>204</v>
+      </c>
+      <c r="P31" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>206</v>
+      </c>
+      <c r="B32" t="s">
+        <v>207</v>
+      </c>
+      <c r="C32" t="s">
+        <v>208</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>74</v>
+      </c>
+      <c r="F32" t="s">
+        <v>75</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2003</v>
+      </c>
+      <c r="I32">
+        <v>2022</v>
+      </c>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>209</v>
+      </c>
+      <c r="M32" t="s">
+        <v>210</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>215</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>127</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>216</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>217</v>
+      </c>
+      <c r="M33" t="s">
+        <v>218</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>215</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>127</v>
+      </c>
+      <c r="G34" t="s">
+        <v>50</v>
+      </c>
+      <c r="H34">
+        <v>2023</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>223</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>224</v>
+      </c>
+      <c r="M34" t="s">
+        <v>218</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>229</v>
+      </c>
+      <c r="D35" t="s">
+        <v>64</v>
+      </c>
+      <c r="E35" t="s">
+        <v>74</v>
+      </c>
+      <c r="F35" t="s">
+        <v>75</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1992</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>82</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>230</v>
+      </c>
+      <c r="M35" t="s">
+        <v>231</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>125</v>
+      </c>
+      <c r="D36" t="s">
+        <v>33</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>127</v>
+      </c>
+      <c r="G36" t="s">
+        <v>50</v>
+      </c>
+      <c r="H36">
+        <v>2023</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>236</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>237</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>32</v>
+      </c>
+      <c r="D37" t="s">
+        <v>64</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K30"/>
-[...11 lines deleted...]
-      <c r="A31" t="s">
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2008</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
+      <c r="J37" t="s">
+        <v>82</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>242</v>
+      </c>
+      <c r="M37" t="s">
+        <v>52</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>243</v>
+      </c>
+      <c r="P37" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>245</v>
+      </c>
+      <c r="B38" t="s">
+        <v>246</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1989</v>
+      </c>
+      <c r="I38">
+        <v>2016</v>
+      </c>
+      <c r="J38" t="s">
+        <v>82</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>35</v>
+      </c>
+      <c r="M38" t="s">
+        <v>52</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>247</v>
+      </c>
+      <c r="P38" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>249</v>
+      </c>
+      <c r="B39" t="s">
+        <v>250</v>
+      </c>
+      <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
+        <v>251</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39">
+        <v>2021</v>
+      </c>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>252</v>
+      </c>
+      <c r="M39" t="s">
+        <v>253</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>254</v>
+      </c>
+      <c r="P39" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>256</v>
+      </c>
+      <c r="B40" t="s">
+        <v>257</v>
+      </c>
+      <c r="C40" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" t="s">
+        <v>57</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2016</v>
+      </c>
+      <c r="J40" t="s">
+        <v>82</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>59</v>
+      </c>
+      <c r="M40" t="s">
+        <v>52</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>258</v>
+      </c>
+      <c r="P40" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>260</v>
+      </c>
+      <c r="B41" t="s">
+        <v>261</v>
+      </c>
+      <c r="C41" t="s">
+        <v>32</v>
+      </c>
+      <c r="D41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>50</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>82</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>262</v>
+      </c>
+      <c r="M41" t="s">
+        <v>263</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>264</v>
+      </c>
+      <c r="P41" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>266</v>
+      </c>
+      <c r="B42" t="s">
+        <v>267</v>
+      </c>
+      <c r="C42" t="s">
+        <v>268</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>127</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42">
+        <v>2024</v>
+      </c>
+      <c r="J42" t="s">
+        <v>269</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>270</v>
+      </c>
+      <c r="M42" t="s">
+        <v>271</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>272</v>
+      </c>
+      <c r="P42" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>274</v>
+      </c>
+      <c r="B43" t="s">
+        <v>275</v>
+      </c>
+      <c r="C43" t="s">
+        <v>276</v>
+      </c>
+      <c r="D43" t="s">
+        <v>64</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>127</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
+      </c>
+      <c r="J43" t="s">
+        <v>277</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>278</v>
+      </c>
+      <c r="M43" t="s">
+        <v>279</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>280</v>
+      </c>
+      <c r="P43" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>282</v>
+      </c>
+      <c r="B44" t="s">
+        <v>283</v>
+      </c>
+      <c r="C44" t="s">
+        <v>276</v>
+      </c>
+      <c r="D44" t="s">
+        <v>57</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2012</v>
+      </c>
+      <c r="J44" t="s">
+        <v>277</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>284</v>
+      </c>
+      <c r="M44" t="s">
+        <v>279</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>285</v>
+      </c>
+      <c r="P44" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>287</v>
+      </c>
+      <c r="B45" t="s">
+        <v>288</v>
+      </c>
+      <c r="C45" t="s">
+        <v>276</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>127</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45">
+        <v>2013</v>
+      </c>
+      <c r="J45" t="s">
+        <v>277</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>289</v>
+      </c>
+      <c r="M45" t="s">
+        <v>279</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>290</v>
+      </c>
+      <c r="P45" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>292</v>
+      </c>
+      <c r="B46" t="s">
+        <v>293</v>
+      </c>
+      <c r="C46" t="s">
+        <v>172</v>
+      </c>
+      <c r="D46" t="s">
+        <v>64</v>
+      </c>
+      <c r="E46" t="s">
+        <v>74</v>
+      </c>
+      <c r="F46" t="s">
+        <v>75</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2000</v>
+      </c>
+      <c r="I46">
+        <v>2016</v>
+      </c>
+      <c r="J46" t="s">
+        <v>173</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>175</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>294</v>
+      </c>
+      <c r="P46" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>296</v>
+      </c>
+      <c r="B47" t="s">
+        <v>297</v>
+      </c>
+      <c r="C47" t="s">
+        <v>172</v>
+      </c>
+      <c r="D47" t="s">
+        <v>64</v>
+      </c>
+      <c r="E47" t="s">
+        <v>74</v>
+      </c>
+      <c r="F47" t="s">
+        <v>75</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2000</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
+        <v>173</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>191</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>298</v>
+      </c>
+      <c r="P47" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>300</v>
+      </c>
+      <c r="B48" t="s">
+        <v>301</v>
+      </c>
+      <c r="C48" t="s">
+        <v>172</v>
+      </c>
+      <c r="D48" t="s">
+        <v>33</v>
+      </c>
+      <c r="E48" t="s">
+        <v>74</v>
+      </c>
+      <c r="F48" t="s">
+        <v>75</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2002</v>
+      </c>
+      <c r="I48">
+        <v>2013</v>
+      </c>
+      <c r="J48" t="s">
+        <v>173</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>302</v>
+      </c>
+      <c r="M48" t="s">
+        <v>175</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>303</v>
+      </c>
+      <c r="P48" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>305</v>
+      </c>
+      <c r="B49" t="s">
+        <v>306</v>
+      </c>
+      <c r="C49" t="s">
+        <v>172</v>
+      </c>
+      <c r="D49" t="s">
+        <v>49</v>
+      </c>
+      <c r="E49" t="s">
+        <v>74</v>
+      </c>
+      <c r="F49" t="s">
+        <v>75</v>
+      </c>
+      <c r="G49" t="s">
+        <v>50</v>
+      </c>
+      <c r="H49">
+        <v>2014</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>173</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>305</v>
+      </c>
+      <c r="M49" t="s">
+        <v>175</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>307</v>
+      </c>
+      <c r="P49" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>309</v>
+      </c>
+      <c r="B50" t="s">
+        <v>310</v>
+      </c>
+      <c r="C50" t="s">
+        <v>311</v>
+      </c>
+      <c r="D50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>127</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2015</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>312</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>313</v>
+      </c>
+      <c r="M50" t="s">
+        <v>271</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>314</v>
+      </c>
+      <c r="P50" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>316</v>
+      </c>
+      <c r="B51" t="s">
+        <v>317</v>
+      </c>
+      <c r="C51" t="s">
+        <v>118</v>
+      </c>
+      <c r="D51" t="s">
+        <v>64</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>127</v>
+      </c>
+      <c r="G51" t="s">
+        <v>50</v>
+      </c>
+      <c r="H51">
+        <v>2024</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>318</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>319</v>
+      </c>
+      <c r="M51" t="s">
+        <v>120</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>320</v>
+      </c>
+      <c r="P51" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>322</v>
+      </c>
+      <c r="B52" t="s">
+        <v>323</v>
+      </c>
+      <c r="C52" t="s">
+        <v>118</v>
+      </c>
+      <c r="D52" t="s">
+        <v>33</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>127</v>
+      </c>
+      <c r="G52" t="s">
+        <v>50</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52">
+        <v>2024</v>
+      </c>
+      <c r="J52" t="s">
+        <v>318</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>324</v>
+      </c>
+      <c r="M52" t="s">
+        <v>120</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>325</v>
+      </c>
+      <c r="P52" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>327</v>
+      </c>
+      <c r="B53" t="s">
+        <v>328</v>
+      </c>
+      <c r="C53" t="s">
+        <v>208</v>
+      </c>
+      <c r="D53" t="s">
+        <v>329</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>127</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2008</v>
+      </c>
+      <c r="I53">
+        <v>2020</v>
+      </c>
+      <c r="J53" t="s">
+        <v>330</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>331</v>
+      </c>
+      <c r="M53" t="s">
+        <v>332</v>
+      </c>
+      <c r="N53" t="s">
+        <v>333</v>
+      </c>
+      <c r="O53" t="s">
+        <v>334</v>
+      </c>
+      <c r="P53" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>336</v>
+      </c>
+      <c r="B54" t="s">
+        <v>337</v>
+      </c>
+      <c r="C54" t="s">
+        <v>164</v>
+      </c>
+      <c r="D54" t="s">
+        <v>33</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>338</v>
+      </c>
+      <c r="H54">
+        <v>2014</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>277</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>339</v>
+      </c>
+      <c r="M54" t="s">
+        <v>340</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>341</v>
+      </c>
+      <c r="P54" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>343</v>
+      </c>
+      <c r="B55" t="s">
+        <v>344</v>
+      </c>
+      <c r="C55" t="s">
+        <v>345</v>
+      </c>
+      <c r="D55" t="s">
+        <v>64</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>127</v>
+      </c>
+      <c r="G55" t="s">
+        <v>50</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>173</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>346</v>
+      </c>
+      <c r="M55" t="s">
+        <v>347</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>348</v>
+      </c>
+      <c r="P55" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>350</v>
+      </c>
+      <c r="B56" t="s">
+        <v>351</v>
+      </c>
+      <c r="C56" t="s">
+        <v>345</v>
+      </c>
+      <c r="D56" t="s">
+        <v>33</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>127</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56">
+        <v>2017</v>
+      </c>
+      <c r="J56" t="s">
+        <v>173</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>352</v>
+      </c>
+      <c r="M56" t="s">
+        <v>347</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>353</v>
+      </c>
+      <c r="P56" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>355</v>
+      </c>
+      <c r="B57" t="s">
+        <v>356</v>
+      </c>
+      <c r="C57" t="s">
+        <v>345</v>
+      </c>
+      <c r="D57" t="s">
+        <v>57</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>50</v>
+      </c>
+      <c r="H57">
+        <v>2008</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>173</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>357</v>
+      </c>
+      <c r="M57" t="s">
+        <v>347</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>358</v>
+      </c>
+      <c r="P57" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>360</v>
+      </c>
+      <c r="B58" t="s">
+        <v>361</v>
+      </c>
+      <c r="C58" t="s">
+        <v>143</v>
+      </c>
+      <c r="D58" t="s">
+        <v>57</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2015</v>
+      </c>
+      <c r="I58">
+        <v>2019</v>
+      </c>
+      <c r="J58" t="s">
+        <v>23</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>362</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>363</v>
+      </c>
+      <c r="P58" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>365</v>
+      </c>
+      <c r="B59" t="s">
+        <v>157</v>
+      </c>
+      <c r="C59" t="s">
+        <v>143</v>
+      </c>
+      <c r="D59" t="s">
+        <v>57</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>50</v>
+      </c>
+      <c r="H59">
+        <v>2015</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
         <v>145</v>
       </c>
-      <c r="B31" t="s">
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
         <v>146</v>
       </c>
-      <c r="C31" t="s">
-[...20 lines deleted...]
-      <c r="J31" t="s">
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>366</v>
+      </c>
+      <c r="P59" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>367</v>
+      </c>
+      <c r="B60" t="s">
+        <v>368</v>
+      </c>
+      <c r="C60" t="s">
+        <v>143</v>
+      </c>
+      <c r="D60" t="s">
+        <v>33</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K31" t="s">
-[...1236 lines deleted...]
-        <v>2012</v>
+      <c r="G60" t="s">
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2012</v>
       </c>
-      <c r="I60" t="s">
-        <v>109</v>
+      <c r="I60">
+        <v>2012</v>
       </c>
       <c r="J60" t="s">
+        <v>145</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>146</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>369</v>
+      </c>
+      <c r="P60" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>370</v>
+      </c>
+      <c r="B61" t="s">
+        <v>371</v>
+      </c>
+      <c r="C61" t="s">
+        <v>164</v>
+      </c>
+      <c r="D61" t="s">
+        <v>33</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
         <v>21</v>
       </c>
-      <c r="K60"/>
-[...29 lines deleted...]
-      <c r="G61"/>
+      <c r="G61" t="s">
+        <v>50</v>
+      </c>
       <c r="H61"/>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
+        <v>372</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>340</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>373</v>
+      </c>
+      <c r="P61" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>375</v>
+      </c>
+      <c r="B62" t="s">
+        <v>376</v>
+      </c>
+      <c r="C62" t="s">
+        <v>200</v>
+      </c>
+      <c r="D62" t="s">
+        <v>377</v>
+      </c>
+      <c r="E62" t="s">
+        <v>74</v>
+      </c>
+      <c r="F62" t="s">
+        <v>378</v>
+      </c>
+      <c r="G62" t="s">
+        <v>50</v>
+      </c>
+      <c r="H62">
+        <v>2015</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>379</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>380</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>381</v>
+      </c>
+      <c r="P62" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>383</v>
+      </c>
+      <c r="B63" t="s">
+        <v>384</v>
+      </c>
+      <c r="C63" t="s">
+        <v>200</v>
+      </c>
+      <c r="D63" t="s">
+        <v>385</v>
+      </c>
+      <c r="E63" t="s">
+        <v>74</v>
+      </c>
+      <c r="F63" t="s">
+        <v>378</v>
+      </c>
+      <c r="G63" t="s">
+        <v>50</v>
+      </c>
+      <c r="H63">
+        <v>2015</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>379</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>380</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>386</v>
+      </c>
+      <c r="P63" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>388</v>
+      </c>
+      <c r="B64" t="s">
+        <v>389</v>
+      </c>
+      <c r="C64" t="s">
+        <v>200</v>
+      </c>
+      <c r="D64" t="s">
+        <v>390</v>
+      </c>
+      <c r="E64" t="s">
+        <v>74</v>
+      </c>
+      <c r="F64" t="s">
         <v>21</v>
       </c>
-      <c r="K61"/>
-[...29 lines deleted...]
-      <c r="G62">
+      <c r="G64" t="s">
+        <v>50</v>
+      </c>
+      <c r="H64">
         <v>2015</v>
       </c>
-      <c r="H62"/>
-[...82 lines deleted...]
-      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>380</v>
       </c>
       <c r="N64" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>391</v>
+      </c>
+      <c r="P64" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>275</v>
+        <v>393</v>
       </c>
       <c r="B65" t="s">
-        <v>88</v>
+        <v>394</v>
       </c>
       <c r="C65" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E65" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>34</v>
+      </c>
+      <c r="G65" t="s">
+        <v>50</v>
+      </c>
+      <c r="H65">
         <v>2013</v>
       </c>
-      <c r="H65"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>21</v>
+        <v>395</v>
       </c>
       <c r="K65" t="s">
-        <v>277</v>
+        <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>90</v>
+        <v>396</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="N65" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>397</v>
+      </c>
+      <c r="P65" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>279</v>
+        <v>399</v>
       </c>
       <c r="B66" t="s">
-        <v>107</v>
+        <v>33</v>
       </c>
       <c r="C66" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="D66" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="E66" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>75</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2012</v>
       </c>
-      <c r="I66" t="s">
-        <v>109</v>
+      <c r="I66">
+        <v>2012</v>
       </c>
       <c r="J66" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="N66" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>400</v>
+      </c>
+      <c r="P66" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>281</v>
+        <v>401</v>
       </c>
       <c r="B67" t="s">
-        <v>157</v>
+        <v>402</v>
       </c>
       <c r="C67" t="s">
-        <v>28</v>
+        <v>215</v>
       </c>
       <c r="D67" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="E67" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
       <c r="F67" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G67">
+        <v>127</v>
+      </c>
+      <c r="G67" t="s">
+        <v>50</v>
+      </c>
+      <c r="H67">
         <v>2021</v>
       </c>
-      <c r="H67"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K67" t="s">
-        <v>282</v>
+        <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>160</v>
+        <v>403</v>
       </c>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="N67" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>404</v>
+      </c>
+      <c r="P67" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>284</v>
+        <v>405</v>
       </c>
       <c r="B68" t="s">
-        <v>122</v>
+        <v>406</v>
       </c>
       <c r="C68" t="s">
-        <v>28</v>
+        <v>164</v>
       </c>
       <c r="D68" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="E68" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>75</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
-      <c r="I68" t="s">
+      <c r="I68">
+        <v>2012</v>
+      </c>
+      <c r="J68" t="s">
+        <v>145</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>407</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>408</v>
+      </c>
+      <c r="P68" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>410</v>
+      </c>
+      <c r="B69" t="s">
+        <v>411</v>
+      </c>
+      <c r="C69" t="s">
         <v>109</v>
       </c>
-      <c r="J68" t="s">
+      <c r="D69" t="s">
+        <v>64</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
         <v>21</v>
       </c>
-      <c r="K68"/>
-[...29 lines deleted...]
-      <c r="G69">
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2012</v>
       </c>
-      <c r="H69">
+      <c r="I69">
         <v>2015</v>
       </c>
-      <c r="I69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J69" t="s">
+        <v>112</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>412</v>
+      </c>
+      <c r="M69" t="s">
+        <v>113</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>413</v>
+      </c>
+      <c r="P69" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>415</v>
+      </c>
+      <c r="B70" t="s">
+        <v>416</v>
+      </c>
+      <c r="C70" t="s">
+        <v>109</v>
+      </c>
+      <c r="D70" t="s">
+        <v>33</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
         <v>21</v>
       </c>
-      <c r="K69" t="s">
-[...31 lines deleted...]
-      <c r="G70">
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
         <v>2012</v>
       </c>
-      <c r="H70">
+      <c r="I70">
         <v>2021</v>
       </c>
-      <c r="I70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J70" t="s">
+        <v>236</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>113</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>417</v>
+      </c>
+      <c r="P70" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>419</v>
+      </c>
+      <c r="B71" t="s">
+        <v>420</v>
+      </c>
+      <c r="C71" t="s">
+        <v>109</v>
+      </c>
+      <c r="D71" t="s">
+        <v>33</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
         <v>21</v>
       </c>
-      <c r="K70"/>
-[...29 lines deleted...]
-      <c r="G71">
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2012</v>
       </c>
-      <c r="H71">
+      <c r="I71">
         <v>2015</v>
       </c>
-      <c r="I71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J71" t="s">
+        <v>395</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>113</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>421</v>
+      </c>
+      <c r="P71" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>423</v>
+      </c>
+      <c r="B72" t="s">
+        <v>424</v>
+      </c>
+      <c r="C72" t="s">
+        <v>109</v>
+      </c>
+      <c r="D72" t="s">
+        <v>33</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K71"/>
-[...29 lines deleted...]
-      <c r="G72">
+      <c r="G72" t="s">
+        <v>50</v>
+      </c>
+      <c r="H72">
         <v>2012</v>
       </c>
-      <c r="H72"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I72"/>
       <c r="J72" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="N72" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>425</v>
+      </c>
+      <c r="P72" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>296</v>
+        <v>427</v>
       </c>
       <c r="B73" t="s">
-        <v>146</v>
+        <v>428</v>
       </c>
       <c r="C73" t="s">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="D73" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="E73" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F73" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G73">
+        <v>75</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
         <v>2013</v>
       </c>
-      <c r="H73">
+      <c r="I73">
         <v>2018</v>
       </c>
-      <c r="I73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J73" t="s">
-        <v>21</v>
+        <v>201</v>
       </c>
       <c r="K73" t="s">
-        <v>297</v>
+        <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>298</v>
+        <v>429</v>
       </c>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>430</v>
       </c>
       <c r="N73" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>431</v>
+      </c>
+      <c r="P73" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>300</v>
+        <v>433</v>
       </c>
       <c r="B74" t="s">
-        <v>146</v>
+        <v>434</v>
       </c>
       <c r="C74" t="s">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="D74" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="E74" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G74">
+        <v>75</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2004</v>
       </c>
-      <c r="H74">
+      <c r="I74">
         <v>2012</v>
       </c>
-      <c r="I74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J74" t="s">
-        <v>21</v>
+        <v>201</v>
       </c>
       <c r="K74" t="s">
-        <v>301</v>
+        <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>298</v>
+        <v>435</v>
       </c>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>430</v>
       </c>
       <c r="N74" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>436</v>
+      </c>
+      <c r="P74" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>303</v>
+        <v>438</v>
       </c>
       <c r="B75" t="s">
-        <v>146</v>
+        <v>439</v>
       </c>
       <c r="C75" t="s">
-        <v>108</v>
+        <v>200</v>
       </c>
       <c r="D75" t="s">
-        <v>58</v>
+        <v>144</v>
       </c>
       <c r="E75" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F75" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G75">
+        <v>75</v>
+      </c>
+      <c r="G75" t="s">
+        <v>50</v>
+      </c>
+      <c r="H75">
         <v>2004</v>
       </c>
-      <c r="H75"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
-        <v>21</v>
+        <v>201</v>
       </c>
       <c r="K75" t="s">
-        <v>304</v>
+        <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>298</v>
+        <v>440</v>
       </c>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>430</v>
       </c>
       <c r="N75" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>441</v>
+      </c>
+      <c r="P75" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>306</v>
+        <v>443</v>
       </c>
       <c r="B76" t="s">
-        <v>152</v>
+        <v>444</v>
       </c>
       <c r="C76" t="s">
-        <v>51</v>
+        <v>208</v>
       </c>
       <c r="D76" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="E76" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F76" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G76">
+        <v>75</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
         <v>2003</v>
       </c>
-      <c r="H76">
+      <c r="I76">
         <v>2020</v>
       </c>
-      <c r="I76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J76" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>446</v>
       </c>
       <c r="N76" t="s">
-        <v>309</v>
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>447</v>
+      </c>
+      <c r="P76" t="s">
+        <v>448</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>