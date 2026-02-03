--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="451">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -985,50 +985,53 @@
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
   </si>
   <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
     <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
@@ -1327,50 +1330,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
   </si>
   <si>
     <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
@@ -1776,51 +1782,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4196,1324 +4202,1326 @@
       </c>
       <c r="P49" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>309</v>
       </c>
       <c r="B50" t="s">
         <v>310</v>
       </c>
       <c r="C50" t="s">
         <v>311</v>
       </c>
       <c r="D50" t="s">
         <v>33</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>127</v>
       </c>
       <c r="G50" t="s">
-        <v>22</v>
+        <v>312</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
       <c r="I50">
         <v>2019</v>
       </c>
       <c r="J50" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="M50" t="s">
         <v>271</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="P50" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B51" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C51" t="s">
         <v>118</v>
       </c>
       <c r="D51" t="s">
         <v>64</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>127</v>
       </c>
       <c r="G51" t="s">
         <v>50</v>
       </c>
       <c r="H51">
         <v>2024</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="M51" t="s">
         <v>120</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="P51" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B52" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C52" t="s">
         <v>118</v>
       </c>
       <c r="D52" t="s">
         <v>33</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>127</v>
       </c>
       <c r="G52" t="s">
         <v>50</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52">
         <v>2024</v>
       </c>
       <c r="J52" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="M52" t="s">
         <v>120</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="P52" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B53" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C53" t="s">
         <v>208</v>
       </c>
       <c r="D53" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>127</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2008</v>
       </c>
       <c r="I53">
         <v>2020</v>
       </c>
       <c r="J53" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M53" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N53" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="O53" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="P53" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B54" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C54" t="s">
         <v>164</v>
       </c>
       <c r="D54" t="s">
         <v>33</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>34</v>
       </c>
       <c r="G54" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H54">
         <v>2014</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>277</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="M54" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P54" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B55" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C55" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D55" t="s">
         <v>64</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>127</v>
       </c>
       <c r="G55" t="s">
         <v>50</v>
       </c>
       <c r="H55">
         <v>2013</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>173</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M55" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P55" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B56" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C56" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D56" t="s">
         <v>33</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>127</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
       <c r="I56">
         <v>2017</v>
       </c>
       <c r="J56" t="s">
         <v>173</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="M56" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="P56" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B57" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C57" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D57" t="s">
         <v>57</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>50</v>
       </c>
       <c r="H57">
         <v>2008</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>173</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="M57" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="P57" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B58" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C58" t="s">
         <v>143</v>
       </c>
       <c r="D58" t="s">
         <v>57</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2015</v>
       </c>
       <c r="I58">
         <v>2019</v>
       </c>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P58" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B59" t="s">
         <v>157</v>
       </c>
       <c r="C59" t="s">
         <v>143</v>
       </c>
       <c r="D59" t="s">
         <v>57</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>50</v>
       </c>
       <c r="H59">
         <v>2015</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>145</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>146</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="P59" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B60" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C60" t="s">
         <v>143</v>
       </c>
       <c r="D60" t="s">
         <v>33</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2012</v>
       </c>
       <c r="I60">
         <v>2012</v>
       </c>
       <c r="J60" t="s">
         <v>145</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
         <v>146</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="P60" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B61" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C61" t="s">
         <v>164</v>
       </c>
       <c r="D61" t="s">
         <v>33</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>50</v>
       </c>
-      <c r="H61"/>
+      <c r="H61">
+        <v>2024</v>
+      </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P61" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B62" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C62" t="s">
         <v>200</v>
       </c>
       <c r="D62" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E62" t="s">
         <v>74</v>
       </c>
       <c r="F62" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="G62" t="s">
         <v>50</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P62" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B63" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C63" t="s">
         <v>200</v>
       </c>
       <c r="D63" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E63" t="s">
         <v>74</v>
       </c>
       <c r="F63" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="G63" t="s">
         <v>50</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P63" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B64" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C64" t="s">
         <v>200</v>
       </c>
       <c r="D64" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E64" t="s">
         <v>74</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>50</v>
       </c>
       <c r="H64">
         <v>2015</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="P64" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B65" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C65" t="s">
         <v>118</v>
       </c>
       <c r="D65" t="s">
         <v>33</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>34</v>
       </c>
       <c r="G65" t="s">
         <v>50</v>
       </c>
       <c r="H65">
         <v>2013</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="M65" t="s">
         <v>120</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="P65" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B66" t="s">
         <v>33</v>
       </c>
       <c r="C66" t="s">
         <v>143</v>
       </c>
       <c r="D66" t="s">
         <v>33</v>
       </c>
       <c r="E66" t="s">
         <v>74</v>
       </c>
       <c r="F66" t="s">
         <v>75</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2012</v>
       </c>
       <c r="I66">
         <v>2012</v>
       </c>
       <c r="J66" t="s">
         <v>145</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
         <v>146</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="P66" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C67" t="s">
         <v>215</v>
       </c>
       <c r="D67" t="s">
         <v>33</v>
       </c>
       <c r="E67" t="s">
         <v>74</v>
       </c>
       <c r="F67" t="s">
         <v>127</v>
       </c>
       <c r="G67" t="s">
         <v>50</v>
       </c>
       <c r="H67">
         <v>2021</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>23</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="M67" t="s">
         <v>218</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="P67" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B68" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>164</v>
       </c>
       <c r="D68" t="s">
         <v>33</v>
       </c>
       <c r="E68" t="s">
         <v>74</v>
       </c>
       <c r="F68" t="s">
         <v>75</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
       <c r="I68">
         <v>2012</v>
       </c>
       <c r="J68" t="s">
         <v>145</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P68" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B69" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C69" t="s">
         <v>109</v>
       </c>
       <c r="D69" t="s">
         <v>64</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
       <c r="I69">
         <v>2015</v>
       </c>
       <c r="J69" t="s">
         <v>112</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="M69" t="s">
         <v>113</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="P69" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B70" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C70" t="s">
         <v>109</v>
       </c>
       <c r="D70" t="s">
         <v>33</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
       <c r="I70">
         <v>2021</v>
       </c>
       <c r="J70" t="s">
         <v>236</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
         <v>113</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="P70" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B71" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C71" t="s">
         <v>109</v>
       </c>
       <c r="D71" t="s">
         <v>33</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>422</v>
       </c>
       <c r="H71">
         <v>2012</v>
       </c>
       <c r="I71">
         <v>2015</v>
       </c>
       <c r="J71" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>113</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="P71" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B72" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C72" t="s">
         <v>109</v>
       </c>
       <c r="D72" t="s">
         <v>33</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>50</v>
       </c>
       <c r="H72">
         <v>2012</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>112</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>113</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="P72" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B73" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C73" t="s">
         <v>200</v>
       </c>
       <c r="D73" t="s">
         <v>49</v>
       </c>
       <c r="E73" t="s">
         <v>74</v>
       </c>
       <c r="F73" t="s">
         <v>75</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2013</v>
       </c>
       <c r="I73">
         <v>2018</v>
       </c>
       <c r="J73" t="s">
         <v>201</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="M73" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="P73" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B74" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C74" t="s">
         <v>200</v>
       </c>
       <c r="D74" t="s">
         <v>33</v>
       </c>
       <c r="E74" t="s">
         <v>74</v>
       </c>
       <c r="F74" t="s">
         <v>75</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2004</v>
       </c>
       <c r="I74">
         <v>2012</v>
       </c>
       <c r="J74" t="s">
         <v>201</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="M74" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="P74" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B75" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C75" t="s">
         <v>200</v>
       </c>
       <c r="D75" t="s">
         <v>144</v>
       </c>
       <c r="E75" t="s">
         <v>74</v>
       </c>
       <c r="F75" t="s">
         <v>75</v>
       </c>
       <c r="G75" t="s">
         <v>50</v>
       </c>
       <c r="H75">
         <v>2004</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>201</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="M75" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="P75" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B76" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C76" t="s">
         <v>208</v>
       </c>
       <c r="D76" t="s">
         <v>64</v>
       </c>
       <c r="E76" t="s">
         <v>74</v>
       </c>
       <c r="F76" t="s">
         <v>75</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2003</v>
       </c>
       <c r="I76">
         <v>2020</v>
       </c>
       <c r="J76" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="P76" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">