--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,526 +12,689 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -795,1299 +958,1470 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="193" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...10 lines deleted...]
-      <c r="L2" t="s">
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...12 lines deleted...]
-      <c r="L3" t="s">
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7">
+        <v>2005</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
         <v>31</v>
       </c>
-      <c r="M3" t="s">
-[...10 lines deleted...]
-      <c r="B4" t="s">
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8">
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>45</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...38 lines deleted...]
-      <c r="B5" t="s">
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...18 lines deleted...]
-      <c r="J5" t="s">
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
         <v>42</v>
       </c>
-      <c r="K5" t="s">
+      <c r="F10" t="s">
         <v>43</v>
       </c>
-      <c r="L5" t="s">
-[...13 lines deleted...]
-      <c r="B6" t="s">
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>77</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="C6" t="s">
-[...165 lines deleted...]
-      <c r="A10" t="s">
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
         <v>64</v>
-      </c>
-[...60 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
-      <c r="I11" t="s">
-        <v>47</v>
+      <c r="I11">
+        <v>2010</v>
       </c>
       <c r="J11" t="s">
+        <v>58</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>45</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>45</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>45</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>70</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>45</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>70</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...13 lines deleted...]
-      <c r="A12" t="s">
+      <c r="G15" t="s">
+        <v>110</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>58</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="M15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>115</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>8</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2025</v>
+      </c>
+      <c r="J16" t="s">
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="C12" t="s">
-[...18 lines deleted...]
-      <c r="J12" t="s">
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...204 lines deleted...]
-        <v>2008</v>
+      <c r="G17" t="s">
+        <v>64</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
-      <c r="I17" t="s">
-        <v>47</v>
+      <c r="I17">
+        <v>2008</v>
       </c>
       <c r="J17" t="s">
+        <v>58</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>35</v>
+      </c>
+      <c r="M17" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" t="s">
+        <v>37</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>127</v>
+      </c>
+      <c r="D18" t="s">
+        <v>70</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...31 lines deleted...]
-      <c r="G18">
+      <c r="G18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H18">
         <v>2005</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2014</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>128</v>
       </c>
       <c r="K18" t="s">
-        <v>95</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>130</v>
       </c>
       <c r="N18" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>98</v>
+        <v>133</v>
       </c>
       <c r="B19" t="s">
-        <v>99</v>
+        <v>134</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>135</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="E19" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>64</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
-      <c r="I19" t="s">
-        <v>100</v>
+      <c r="I19">
+        <v>2015</v>
       </c>
       <c r="J19" t="s">
+        <v>136</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>133</v>
+      </c>
+      <c r="M19" t="s">
+        <v>137</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>142</v>
+      </c>
+      <c r="D20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>64</v>
+      </c>
+      <c r="H20">
+        <v>1996</v>
+      </c>
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>143</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>144</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>142</v>
+      </c>
+      <c r="D21" t="s">
+        <v>149</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...40 lines deleted...]
-      <c r="J20" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>143</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>144</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>142</v>
+      </c>
+      <c r="D22" t="s">
+        <v>70</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K20"/>
-[...29 lines deleted...]
-      <c r="G21">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>143</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>144</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>154</v>
+      </c>
+      <c r="P22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>155</v>
+      </c>
+      <c r="B23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" t="s">
+        <v>157</v>
+      </c>
+      <c r="D23" t="s">
+        <v>70</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>64</v>
+      </c>
+      <c r="H23">
+        <v>2005</v>
+      </c>
+      <c r="I23">
+        <v>2011</v>
+      </c>
+      <c r="J23" t="s">
+        <v>136</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
+        <v>159</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>163</v>
+      </c>
+      <c r="C24" t="s">
+        <v>164</v>
+      </c>
+      <c r="D24" t="s">
+        <v>50</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>165</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>77</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>166</v>
+      </c>
+      <c r="M24" t="s">
+        <v>167</v>
+      </c>
+      <c r="N24" t="s">
+        <v>168</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>164</v>
+      </c>
+      <c r="D25" t="s">
+        <v>70</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>165</v>
+      </c>
+      <c r="G25" t="s">
+        <v>64</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>77</v>
+      </c>
+      <c r="K25" t="s">
+        <v>173</v>
+      </c>
+      <c r="L25" t="s">
+        <v>174</v>
+      </c>
+      <c r="M25" t="s">
+        <v>167</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>175</v>
+      </c>
+      <c r="P25" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>177</v>
+      </c>
+      <c r="B26" t="s">
+        <v>178</v>
+      </c>
+      <c r="C26" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" t="s">
+        <v>70</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2012</v>
       </c>
-      <c r="H21"/>
-[...3 lines deleted...]
-      <c r="J21" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>180</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
+      <c r="M26" t="s">
+        <v>182</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B27" t="s">
+        <v>186</v>
+      </c>
+      <c r="C27" t="s">
+        <v>179</v>
+      </c>
+      <c r="D27" t="s">
+        <v>57</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>180</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>187</v>
+      </c>
+      <c r="M27" t="s">
+        <v>182</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>188</v>
+      </c>
+      <c r="P27" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B28" t="s">
+        <v>191</v>
+      </c>
+      <c r="C28" t="s">
+        <v>179</v>
+      </c>
+      <c r="D28" t="s">
+        <v>192</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...199 lines deleted...]
-      <c r="G26">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2012</v>
       </c>
-      <c r="H26"/>
-[...86 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="N28" t="s">
-        <v>142</v>
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>195</v>
+      </c>
+      <c r="P28" t="s">
+        <v>196</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>