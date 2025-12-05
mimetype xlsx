--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,451 +12,564 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
-    <t>May 2021</t>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -720,821 +833,926 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>77</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>45</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" t="s">
+        <v>105</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>106</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>77</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>116</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>122</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>123</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>124</v>
+      </c>
+      <c r="P14" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2011</v>
       </c>
-      <c r="H2">
-[...8 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>128</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>129</v>
+      </c>
+      <c r="M15" t="s">
+        <v>130</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>135</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>136</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L16" t="s">
+        <v>137</v>
+      </c>
+      <c r="M16" t="s">
+        <v>138</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" t="s">
+        <v>105</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>60</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>107</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>143</v>
+      </c>
+      <c r="N17" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...615 lines deleted...]
-        <v>111</v>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>