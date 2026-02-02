--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -312,50 +312,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
     <t>Applies to microwave ovens for household use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
     <t>Draft labels for microwave ovens. No information available</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
@@ -1319,404 +1322,404 @@
       </c>
       <c r="P9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>87</v>
       </c>
       <c r="B10" t="s">
         <v>88</v>
       </c>
       <c r="C10" t="s">
         <v>89</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>77</v>
       </c>
       <c r="G10" t="s">
-        <v>35</v>
+        <v>90</v>
       </c>
       <c r="H10">
         <v>2020</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M10" t="s">
         <v>80</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
         <v>50</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>77</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C15" t="s">
         <v>50</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2014</v>
       </c>
       <c r="I16">
         <v>2020</v>
       </c>
       <c r="J16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
       <c r="F17" t="s">
         <v>60</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">