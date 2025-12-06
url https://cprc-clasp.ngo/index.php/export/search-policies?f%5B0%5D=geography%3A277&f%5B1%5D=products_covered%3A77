--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,330 +12,421 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
-  </si>
-[...13 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -599,655 +690,738 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="149" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="321.921" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2008</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>42</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>42</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...15 lines deleted...]
-      <c r="F3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>64</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>42</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...19 lines deleted...]
-        <v>29</v>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...9 lines deleted...]
-      <c r="D4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2006</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>83</v>
+      </c>
+      <c r="K11" t="s">
+        <v>42</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" t="s">
+        <v>95</v>
+      </c>
+      <c r="G12" t="s">
         <v>32</v>
       </c>
-      <c r="E4" t="s">
-[...25 lines deleted...]
-        <v>37</v>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
+        <v>42</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
         <v>39</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
-[...24 lines deleted...]
-      <c r="N5" t="s">
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
         <v>42</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F6" t="s">
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="G6">
-[...311 lines deleted...]
-        <v>78</v>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>