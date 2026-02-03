--- v0 (2025-10-11)
+++ v1 (2026-02-03)
@@ -12,394 +12,504 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -663,831 +773,934 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
-      </c>
-[...72 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H4">
         <v>2012</v>
       </c>
-      <c r="I4" t="s">
-        <v>30</v>
+      <c r="I4">
+        <v>2012</v>
       </c>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="M4" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
-        <v>40</v>
+      <c r="I5">
+        <v>2012</v>
       </c>
       <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>86</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>49</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
         <v>42</v>
       </c>
-      <c r="M5" t="s">
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>49</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>43</v>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...3 lines deleted...]
-      <c r="B6" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...8 lines deleted...]
-      <c r="F6" t="s">
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2024</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2025</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>112</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...8 lines deleted...]
-      <c r="J6" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...5 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>64</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>46</v>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>65</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-      <c r="A7" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
         <v>47</v>
       </c>
-      <c r="B7" t="s">
+      <c r="F17" t="s">
         <v>48</v>
       </c>
-      <c r="C7" t="s">
-[...27 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>127</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...129 lines deleted...]
-      <c r="B11" t="s">
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
         <v>27</v>
       </c>
-      <c r="C11" t="s">
-[...287 lines deleted...]
-        <v>98</v>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>