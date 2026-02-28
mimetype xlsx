--- v0 (2025-12-12)
+++ v1 (2026-02-28)
@@ -3921,51 +3921,51 @@
       </c>
       <c r="P48" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>278</v>
       </c>
       <c r="B49" t="s">
         <v>279</v>
       </c>
       <c r="C49" t="s">
         <v>98</v>
       </c>
       <c r="D49" t="s">
         <v>280</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>68</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H49">
         <v>2021</v>
       </c>
       <c r="I49">
         <v>2024</v>
       </c>
       <c r="J49" t="s">
         <v>281</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
         <v>282</v>
       </c>
       <c r="M49" t="s">
         <v>101</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
         <v>283</v>
       </c>