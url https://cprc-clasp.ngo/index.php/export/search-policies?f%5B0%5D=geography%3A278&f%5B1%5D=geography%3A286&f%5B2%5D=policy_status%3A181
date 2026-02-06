--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,952 +12,1357 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
-    <t>Computers</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (LED Lamps) Determination 2025</t>
   </si>
   <si>
+    <t>This policy mandates Minimum Energy Performance Standards (MEPS) and labeling requirements for LED lamps, and sets conditions for incandescent and halogen lamp equivalence claims.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>AS/NZS 5341</t>
   </si>
   <si>
     <t>Department of Climate Change, Energy, the Environment and Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-led-lamps-determination-2025</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2025L00263/asmade/text</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1221,2913 +1626,3306 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N65"/>
+  <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2009</v>
       </c>
-      <c r="H3">
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2022</v>
+      </c>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2022</v>
+      </c>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12">
+        <v>2023</v>
+      </c>
+      <c r="J12" t="s">
+        <v>87</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2009</v>
       </c>
-      <c r="H4">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="I13">
+        <v>2022</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...25 lines deleted...]
-      <c r="E5" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...11 lines deleted...]
-      <c r="J5" t="s">
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...25 lines deleted...]
-      <c r="E6" t="s">
+      <c r="G15" t="s">
+        <v>63</v>
+      </c>
+      <c r="H15">
+        <v>2023</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>64</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>105</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6">
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>63</v>
+      </c>
+      <c r="H16">
         <v>2023</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>111</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...37 lines deleted...]
-      <c r="I7" t="s">
+      <c r="G17" t="s">
+        <v>63</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>119</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>121</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>117</v>
+      </c>
+      <c r="D18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F18" t="s">
+        <v>127</v>
+      </c>
+      <c r="G18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>128</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>121</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>117</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...38 lines deleted...]
-      <c r="J8" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>119</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>133</v>
+      </c>
+      <c r="M19" t="s">
+        <v>121</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>117</v>
+      </c>
+      <c r="D20" t="s">
+        <v>138</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...40 lines deleted...]
-      <c r="J9" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>119</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>139</v>
+      </c>
+      <c r="M20" t="s">
+        <v>121</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>140</v>
+      </c>
+      <c r="P20" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>142</v>
+      </c>
+      <c r="B21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C21" t="s">
+        <v>117</v>
+      </c>
+      <c r="D21" t="s">
+        <v>144</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>127</v>
+      </c>
+      <c r="G21" t="s">
+        <v>63</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>119</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>145</v>
+      </c>
+      <c r="M21" t="s">
+        <v>121</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B22" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>117</v>
+      </c>
+      <c r="D22" t="s">
+        <v>110</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...37 lines deleted...]
-      <c r="I10" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>119</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>150</v>
+      </c>
+      <c r="M22" t="s">
+        <v>121</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>117</v>
+      </c>
+      <c r="D23" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
+      <c r="F23" t="s">
+        <v>127</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1999</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>119</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>156</v>
+      </c>
+      <c r="M23" t="s">
+        <v>121</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" t="s">
+        <v>117</v>
+      </c>
+      <c r="D24" t="s">
+        <v>160</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...547 lines deleted...]
-      <c r="G23">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2013</v>
       </c>
-      <c r="H23">
+      <c r="I24">
         <v>2014</v>
       </c>
-      <c r="I23" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="K24" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>88</v>
+        <v>161</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="N24" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>162</v>
+      </c>
+      <c r="P24" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="B25" t="s">
-        <v>84</v>
+        <v>165</v>
       </c>
       <c r="C25" t="s">
         <v>117</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>166</v>
       </c>
       <c r="E25" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
+        <v>127</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>119</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M25" t="s">
+        <v>121</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D26" t="s">
+        <v>172</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>173</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2005</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>119</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>174</v>
+      </c>
+      <c r="M26" t="s">
+        <v>121</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>175</v>
+      </c>
+      <c r="P26" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>177</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" t="s">
+        <v>99</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>127</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2004</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>119</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>179</v>
+      </c>
+      <c r="M27" t="s">
+        <v>121</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>180</v>
+      </c>
+      <c r="P27" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>182</v>
+      </c>
+      <c r="B28" t="s">
+        <v>183</v>
+      </c>
+      <c r="C28" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" t="s">
+        <v>93</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>127</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1989</v>
+      </c>
+      <c r="I28">
+        <v>2012</v>
+      </c>
+      <c r="J28" t="s">
+        <v>119</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>184</v>
+      </c>
+      <c r="M28" t="s">
+        <v>121</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>185</v>
+      </c>
+      <c r="P28" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" t="s">
+        <v>188</v>
+      </c>
+      <c r="C29" t="s">
+        <v>117</v>
+      </c>
+      <c r="D29" t="s">
+        <v>189</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>127</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2005</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>128</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>190</v>
+      </c>
+      <c r="M29" t="s">
+        <v>121</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>191</v>
+      </c>
+      <c r="P29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>193</v>
+      </c>
+      <c r="B30" t="s">
+        <v>194</v>
+      </c>
+      <c r="C30" t="s">
+        <v>117</v>
+      </c>
+      <c r="D30" t="s">
+        <v>195</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>127</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1989</v>
+      </c>
+      <c r="I30">
+        <v>2017</v>
+      </c>
+      <c r="J30" t="s">
+        <v>119</v>
+      </c>
+      <c r="K30" t="s">
+        <v>196</v>
+      </c>
+      <c r="L30" t="s">
+        <v>197</v>
+      </c>
+      <c r="M30" t="s">
+        <v>121</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>198</v>
+      </c>
+      <c r="P30" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" t="s">
+        <v>200</v>
+      </c>
+      <c r="C31" t="s">
+        <v>117</v>
+      </c>
+      <c r="D31" t="s">
+        <v>93</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>127</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1989</v>
+      </c>
+      <c r="I31">
+        <v>2017</v>
+      </c>
+      <c r="J31" t="s">
+        <v>119</v>
+      </c>
+      <c r="K31" t="s">
+        <v>196</v>
+      </c>
+      <c r="L31" t="s">
+        <v>197</v>
+      </c>
+      <c r="M31" t="s">
+        <v>121</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>201</v>
+      </c>
+      <c r="P31" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>203</v>
+      </c>
+      <c r="B32" t="s">
+        <v>204</v>
+      </c>
+      <c r="C32" t="s">
+        <v>117</v>
+      </c>
+      <c r="D32" t="s">
+        <v>205</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>63</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>119</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>206</v>
+      </c>
+      <c r="M32" t="s">
+        <v>121</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>207</v>
+      </c>
+      <c r="P32" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>209</v>
+      </c>
+      <c r="B33" t="s">
+        <v>210</v>
+      </c>
+      <c r="C33" t="s">
+        <v>117</v>
+      </c>
+      <c r="D33" t="s">
+        <v>211</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2016</v>
+      </c>
+      <c r="J33" t="s">
+        <v>119</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>212</v>
+      </c>
+      <c r="M33" t="s">
+        <v>121</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>213</v>
+      </c>
+      <c r="P33" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>215</v>
+      </c>
+      <c r="B34" t="s">
+        <v>216</v>
+      </c>
+      <c r="C34" t="s">
+        <v>117</v>
+      </c>
+      <c r="D34" t="s">
+        <v>217</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>127</v>
+      </c>
+      <c r="G34" t="s">
+        <v>218</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34">
+        <v>2025</v>
+      </c>
+      <c r="J34" t="s">
+        <v>128</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>219</v>
+      </c>
+      <c r="M34" t="s">
+        <v>220</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>221</v>
+      </c>
+      <c r="P34" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>223</v>
+      </c>
+      <c r="B35" t="s">
+        <v>224</v>
+      </c>
+      <c r="C35" t="s">
+        <v>117</v>
+      </c>
+      <c r="D35" t="s">
+        <v>225</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>127</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2012</v>
+      </c>
+      <c r="J35" t="s">
+        <v>119</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>226</v>
+      </c>
+      <c r="M35" t="s">
+        <v>121</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>227</v>
+      </c>
+      <c r="P35" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>229</v>
+      </c>
+      <c r="B36" t="s">
+        <v>230</v>
+      </c>
+      <c r="C36" t="s">
+        <v>117</v>
+      </c>
+      <c r="D36" t="s">
+        <v>231</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>127</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2003</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
+      <c r="J36" t="s">
+        <v>128</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>232</v>
+      </c>
+      <c r="M36" t="s">
+        <v>121</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>233</v>
+      </c>
+      <c r="P36" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>235</v>
+      </c>
+      <c r="B37" t="s">
+        <v>236</v>
+      </c>
+      <c r="C37" t="s">
+        <v>117</v>
+      </c>
+      <c r="D37" t="s">
+        <v>237</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1989</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>119</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>238</v>
+      </c>
+      <c r="M37" t="s">
+        <v>121</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>239</v>
+      </c>
+      <c r="P37" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>241</v>
+      </c>
+      <c r="B38" t="s">
+        <v>242</v>
+      </c>
+      <c r="C38" t="s">
+        <v>117</v>
+      </c>
+      <c r="D38" t="s">
+        <v>243</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>127</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38">
+        <v>2017</v>
+      </c>
+      <c r="J38" t="s">
+        <v>119</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>244</v>
+      </c>
+      <c r="M38" t="s">
+        <v>121</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>245</v>
+      </c>
+      <c r="P38" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>247</v>
+      </c>
+      <c r="B39" t="s">
+        <v>248</v>
+      </c>
+      <c r="C39" t="s">
+        <v>117</v>
+      </c>
+      <c r="D39" t="s">
+        <v>38</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>119</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>249</v>
+      </c>
+      <c r="M39" t="s">
+        <v>121</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>250</v>
+      </c>
+      <c r="P39" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>252</v>
+      </c>
+      <c r="B40" t="s">
+        <v>253</v>
+      </c>
+      <c r="C40" t="s">
+        <v>117</v>
+      </c>
+      <c r="D40" t="s">
+        <v>254</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>127</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2001</v>
+      </c>
+      <c r="I40">
+        <v>2019</v>
+      </c>
+      <c r="J40" t="s">
+        <v>128</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>255</v>
+      </c>
+      <c r="M40" t="s">
+        <v>121</v>
+      </c>
+      <c r="N40" t="s">
+        <v>256</v>
+      </c>
+      <c r="O40" t="s">
+        <v>257</v>
+      </c>
+      <c r="P40" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>259</v>
+      </c>
+      <c r="B41" t="s">
+        <v>260</v>
+      </c>
+      <c r="C41" t="s">
+        <v>117</v>
+      </c>
+      <c r="D41" t="s">
+        <v>51</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>127</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2004</v>
+      </c>
+      <c r="I41">
+        <v>2012</v>
+      </c>
+      <c r="J41" t="s">
+        <v>128</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>261</v>
+      </c>
+      <c r="M41" t="s">
+        <v>121</v>
+      </c>
+      <c r="N41" t="s">
+        <v>256</v>
+      </c>
+      <c r="O41" t="s">
+        <v>262</v>
+      </c>
+      <c r="P41" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>264</v>
+      </c>
+      <c r="B42" t="s">
+        <v>265</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>110</v>
+      </c>
+      <c r="E42" t="s">
+        <v>266</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2011</v>
+      </c>
+      <c r="I42">
+        <v>2019</v>
+      </c>
+      <c r="J42" t="s">
+        <v>45</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>267</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>268</v>
+      </c>
+      <c r="P42" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>270</v>
+      </c>
+      <c r="B43" t="s">
+        <v>271</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>272</v>
+      </c>
+      <c r="E43" t="s">
+        <v>266</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>63</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>45</v>
+      </c>
+      <c r="K43" t="s">
+        <v>273</v>
+      </c>
+      <c r="L43" t="s">
+        <v>274</v>
+      </c>
+      <c r="M43" t="s">
+        <v>26</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>275</v>
+      </c>
+      <c r="P43" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>277</v>
+      </c>
+      <c r="B44" t="s">
+        <v>278</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>155</v>
+      </c>
+      <c r="E44" t="s">
+        <v>266</v>
+      </c>
+      <c r="F44" t="s">
+        <v>279</v>
+      </c>
+      <c r="G44" t="s">
+        <v>63</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>45</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>280</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>281</v>
+      </c>
+      <c r="P44" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>283</v>
+      </c>
+      <c r="B45" t="s">
+        <v>284</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>138</v>
+      </c>
+      <c r="E45" t="s">
+        <v>266</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45">
+        <v>2016</v>
+      </c>
+      <c r="J45" t="s">
+        <v>45</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>285</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>286</v>
+      </c>
+      <c r="P45" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>288</v>
+      </c>
+      <c r="B46" t="s">
+        <v>289</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>290</v>
+      </c>
+      <c r="E46" t="s">
+        <v>266</v>
+      </c>
+      <c r="F46" t="s">
+        <v>279</v>
+      </c>
+      <c r="G46" t="s">
+        <v>63</v>
+      </c>
+      <c r="H46">
+        <v>2014</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>45</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>291</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>292</v>
+      </c>
+      <c r="P46" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" t="s">
+        <v>295</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>296</v>
+      </c>
+      <c r="E47" t="s">
+        <v>266</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>63</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>45</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>297</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>298</v>
+      </c>
+      <c r="O47" t="s">
+        <v>299</v>
+      </c>
+      <c r="P47" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>301</v>
+      </c>
+      <c r="B48" t="s">
+        <v>302</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>189</v>
+      </c>
+      <c r="E48" t="s">
+        <v>266</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48">
+        <v>2016</v>
+      </c>
+      <c r="J48" t="s">
+        <v>45</v>
+      </c>
+      <c r="K48" t="s">
+        <v>273</v>
+      </c>
+      <c r="L48" t="s">
+        <v>303</v>
+      </c>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>304</v>
+      </c>
+      <c r="P48" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>306</v>
+      </c>
+      <c r="B49" t="s">
+        <v>307</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>225</v>
+      </c>
+      <c r="E49" t="s">
+        <v>266</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>63</v>
+      </c>
+      <c r="H49">
+        <v>2018</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>45</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>308</v>
+      </c>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>309</v>
+      </c>
+      <c r="P49" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>311</v>
+      </c>
+      <c r="B50" t="s">
+        <v>312</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>313</v>
+      </c>
+      <c r="E50" t="s">
+        <v>266</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>63</v>
+      </c>
+      <c r="H50">
+        <v>2019</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>45</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>314</v>
+      </c>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>315</v>
+      </c>
+      <c r="P50" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>317</v>
+      </c>
+      <c r="B51" t="s">
+        <v>318</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>93</v>
+      </c>
+      <c r="E51" t="s">
+        <v>266</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>63</v>
+      </c>
+      <c r="H51">
+        <v>2019</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>45</v>
+      </c>
+      <c r="K51" t="s">
+        <v>319</v>
+      </c>
+      <c r="L51" t="s">
+        <v>320</v>
+      </c>
+      <c r="M51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>321</v>
+      </c>
+      <c r="O51" t="s">
+        <v>322</v>
+      </c>
+      <c r="P51" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>324</v>
+      </c>
+      <c r="B52" t="s">
+        <v>325</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>70</v>
+      </c>
+      <c r="E52" t="s">
+        <v>266</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2020</v>
+      </c>
+      <c r="I52">
+        <v>2023</v>
+      </c>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>326</v>
+      </c>
+      <c r="M52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>327</v>
+      </c>
+      <c r="P52" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>329</v>
+      </c>
+      <c r="B53" t="s">
+        <v>330</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
         <v>19</v>
       </c>
-      <c r="G25">
+      <c r="E53" t="s">
+        <v>266</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>63</v>
+      </c>
+      <c r="H53">
+        <v>2020</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>45</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>331</v>
+      </c>
+      <c r="M53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>332</v>
+      </c>
+      <c r="P53" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>334</v>
+      </c>
+      <c r="B54" t="s">
+        <v>335</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>38</v>
+      </c>
+      <c r="E54" t="s">
+        <v>266</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>63</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>45</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>336</v>
+      </c>
+      <c r="M54" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>337</v>
+      </c>
+      <c r="P54" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>338</v>
+      </c>
+      <c r="B55" t="s">
+        <v>339</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>340</v>
+      </c>
+      <c r="E55" t="s">
+        <v>266</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>63</v>
+      </c>
+      <c r="H55">
+        <v>2021</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>45</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>341</v>
+      </c>
+      <c r="M55" t="s">
+        <v>26</v>
+      </c>
+      <c r="N55" t="s">
+        <v>256</v>
+      </c>
+      <c r="O55" t="s">
+        <v>342</v>
+      </c>
+      <c r="P55" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>344</v>
+      </c>
+      <c r="B56" t="s">
+        <v>345</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>340</v>
+      </c>
+      <c r="E56" t="s">
+        <v>266</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>63</v>
+      </c>
+      <c r="H56">
+        <v>2021</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>45</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>346</v>
+      </c>
+      <c r="M56" t="s">
+        <v>26</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>347</v>
+      </c>
+      <c r="P56" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>349</v>
+      </c>
+      <c r="B57" t="s">
+        <v>350</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>351</v>
+      </c>
+      <c r="E57" t="s">
+        <v>266</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>63</v>
+      </c>
+      <c r="H57">
+        <v>2024</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>352</v>
+      </c>
+      <c r="L57" t="s">
+        <v>353</v>
+      </c>
+      <c r="M57" t="s">
+        <v>26</v>
+      </c>
+      <c r="N57" t="s">
+        <v>256</v>
+      </c>
+      <c r="O57" t="s">
+        <v>354</v>
+      </c>
+      <c r="P57" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>356</v>
+      </c>
+      <c r="B58" t="s">
+        <v>357</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>358</v>
+      </c>
+      <c r="E58" t="s">
+        <v>266</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>63</v>
+      </c>
+      <c r="H58">
+        <v>2024</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>23</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>359</v>
+      </c>
+      <c r="M58" t="s">
+        <v>360</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>361</v>
+      </c>
+      <c r="P58" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>363</v>
+      </c>
+      <c r="B59" t="s">
+        <v>364</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>365</v>
+      </c>
+      <c r="E59" t="s">
+        <v>266</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>63</v>
+      </c>
+      <c r="H59">
+        <v>2024</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>23</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>366</v>
+      </c>
+      <c r="M59" t="s">
+        <v>26</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>367</v>
+      </c>
+      <c r="P59" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>369</v>
+      </c>
+      <c r="B60" t="s">
+        <v>370</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>254</v>
+      </c>
+      <c r="E60" t="s">
+        <v>266</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>63</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>45</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>371</v>
+      </c>
+      <c r="M60" t="s">
+        <v>26</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>372</v>
+      </c>
+      <c r="P60" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>374</v>
+      </c>
+      <c r="B61" t="s">
+        <v>375</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>272</v>
+      </c>
+      <c r="E61" t="s">
+        <v>266</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2008</v>
       </c>
-      <c r="H25">
-[...5 lines deleted...]
-      <c r="J25" t="s">
+      <c r="I61">
+        <v>2019</v>
+      </c>
+      <c r="J61" t="s">
+        <v>45</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>376</v>
+      </c>
+      <c r="M61" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>377</v>
+      </c>
+      <c r="P61" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>379</v>
+      </c>
+      <c r="B62" t="s">
+        <v>380</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>381</v>
+      </c>
+      <c r="E62" t="s">
+        <v>266</v>
+      </c>
+      <c r="F62" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...34 lines deleted...]
-      <c r="H26">
+      <c r="G62" t="s">
+        <v>63</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>45</v>
+      </c>
+      <c r="K62" t="s">
+        <v>382</v>
+      </c>
+      <c r="L62" t="s">
+        <v>383</v>
+      </c>
+      <c r="M62" t="s">
+        <v>26</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>384</v>
+      </c>
+      <c r="P62" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>386</v>
+      </c>
+      <c r="B63" t="s">
+        <v>387</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>388</v>
+      </c>
+      <c r="E63" t="s">
+        <v>266</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>63</v>
+      </c>
+      <c r="H63">
+        <v>2021</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>45</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>389</v>
+      </c>
+      <c r="M63" t="s">
+        <v>26</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>390</v>
+      </c>
+      <c r="P63" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>392</v>
+      </c>
+      <c r="B64" t="s">
+        <v>393</v>
+      </c>
+      <c r="C64" t="s">
+        <v>117</v>
+      </c>
+      <c r="D64" t="s">
+        <v>394</v>
+      </c>
+      <c r="E64" t="s">
+        <v>266</v>
+      </c>
+      <c r="F64" t="s">
+        <v>173</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2015</v>
       </c>
-      <c r="I26" t="s">
-[...40 lines deleted...]
-      <c r="H27">
+      <c r="I64">
+        <v>2016</v>
+      </c>
+      <c r="J64" t="s">
+        <v>395</v>
+      </c>
+      <c r="K64" t="s">
+        <v>396</v>
+      </c>
+      <c r="L64" t="s">
+        <v>397</v>
+      </c>
+      <c r="M64" t="s">
+        <v>398</v>
+      </c>
+      <c r="N64" t="s">
+        <v>399</v>
+      </c>
+      <c r="O64" t="s">
+        <v>400</v>
+      </c>
+      <c r="P64" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>402</v>
+      </c>
+      <c r="B65" t="s">
+        <v>403</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>404</v>
+      </c>
+      <c r="E65" t="s">
+        <v>266</v>
+      </c>
+      <c r="F65" t="s">
+        <v>279</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2011</v>
+      </c>
+      <c r="I65">
         <v>2017</v>
       </c>
-      <c r="I27" t="s">
-[...1635 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>270</v>
-[...4 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="K65" t="s">
+        <v>396</v>
+      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>273</v>
+        <v>406</v>
       </c>
       <c r="N65" t="s">
-        <v>279</v>
+        <v>399</v>
+      </c>
+      <c r="O65" t="s">
+        <v>407</v>
+      </c>
+      <c r="P65" t="s">
+        <v>408</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>