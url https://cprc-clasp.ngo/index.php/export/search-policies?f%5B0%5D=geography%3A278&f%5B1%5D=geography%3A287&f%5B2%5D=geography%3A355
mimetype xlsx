--- v0 (2025-12-10)
+++ v1 (2026-02-22)
@@ -3622,51 +3622,51 @@
       </c>
       <c r="P41" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>251</v>
       </c>
       <c r="B42" t="s">
         <v>252</v>
       </c>
       <c r="C42" t="s">
         <v>32</v>
       </c>
       <c r="D42" t="s">
         <v>253</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42">
         <v>2024</v>
       </c>
       <c r="J42" t="s">
         <v>254</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
         <v>255</v>
       </c>
       <c r="M42" t="s">
         <v>37</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>256</v>
       </c>