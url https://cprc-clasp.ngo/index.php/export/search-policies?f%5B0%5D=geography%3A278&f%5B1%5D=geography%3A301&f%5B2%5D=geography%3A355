--- v0 (2025-12-10)
+++ v1 (2026-02-22)
@@ -9859,51 +9859,51 @@
       </c>
       <c r="P134" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
         <v>700</v>
       </c>
       <c r="B135" t="s">
         <v>701</v>
       </c>
       <c r="C135" t="s">
         <v>38</v>
       </c>
       <c r="D135" t="s">
         <v>702</v>
       </c>
       <c r="E135" t="s">
         <v>40</v>
       </c>
       <c r="F135" t="s">
         <v>315</v>
       </c>
       <c r="G135" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H135">
         <v>2021</v>
       </c>
       <c r="I135">
         <v>2024</v>
       </c>
       <c r="J135" t="s">
         <v>703</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
         <v>704</v>
       </c>
       <c r="M135" t="s">
         <v>42</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
         <v>705</v>
       </c>