--- v0 (2025-12-04)
+++ v1 (2026-02-21)
@@ -2800,51 +2800,51 @@
       </c>
       <c r="P29" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>199</v>
       </c>
       <c r="B30" t="s">
         <v>200</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>201</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>49</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H30">
         <v>2021</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>202</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
         <v>203</v>
       </c>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>204</v>
       </c>