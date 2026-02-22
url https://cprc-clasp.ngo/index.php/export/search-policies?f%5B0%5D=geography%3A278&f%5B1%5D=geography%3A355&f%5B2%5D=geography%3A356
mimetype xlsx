--- v0 (2025-12-14)
+++ v1 (2026-02-22)
@@ -6778,51 +6778,51 @@
       </c>
       <c r="P88" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
         <v>419</v>
       </c>
       <c r="B89" t="s">
         <v>420</v>
       </c>
       <c r="C89" t="s">
         <v>18</v>
       </c>
       <c r="D89" t="s">
         <v>421</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>210</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H89">
         <v>2021</v>
       </c>
       <c r="I89">
         <v>2024</v>
       </c>
       <c r="J89" t="s">
         <v>422</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
         <v>423</v>
       </c>
       <c r="M89" t="s">
         <v>25</v>
       </c>
       <c r="N89" t="s">
         <v>26</v>
       </c>
       <c r="O89" t="s">
         <v>424</v>
       </c>