--- v0 (2025-12-04)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -598,80 +598,57 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2019L00968</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
     <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2012L02135</t>
   </si>
   <si>
-    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
-[...8 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
   </si>
   <si>
     <t>January 2025</t>
-  </si>
-[...15 lines deleted...]
-    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
@@ -1292,51 +1269,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P46"/>
+  <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2709,917 +2686,867 @@
       </c>
       <c r="M28" t="s">
         <v>41</v>
       </c>
       <c r="N28" t="s">
         <v>180</v>
       </c>
       <c r="O28" t="s">
         <v>187</v>
       </c>
       <c r="P28" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>189</v>
       </c>
       <c r="B29" t="s">
         <v>190</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>191</v>
+        <v>70</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>38</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I29">
         <v>2024</v>
       </c>
       <c r="J29" t="s">
+        <v>191</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
+        <v>193</v>
+      </c>
+      <c r="P29" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>195</v>
+      </c>
+      <c r="B30" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I30">
         <v>2024</v>
       </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
+        <v>198</v>
+      </c>
+      <c r="P30" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>200</v>
+      </c>
+      <c r="B31" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>81</v>
+        <v>202</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>38</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>192</v>
+        <v>23</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
         <v>203</v>
       </c>
       <c r="M31" t="s">
         <v>25</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
         <v>204</v>
       </c>
       <c r="P31" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>206</v>
       </c>
       <c r="B32" t="s">
         <v>207</v>
       </c>
       <c r="C32" t="s">
-        <v>18</v>
+        <v>208</v>
       </c>
       <c r="D32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>38</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>23</v>
+        <v>191</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M32" t="s">
         <v>25</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B33" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C33" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>215</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>38</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
+        <v>2021</v>
+      </c>
+      <c r="I33">
         <v>2024</v>
       </c>
-      <c r="I33"/>
       <c r="J33" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>216</v>
       </c>
       <c r="M33" t="s">
         <v>25</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
         <v>217</v>
       </c>
       <c r="P33" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>219</v>
       </c>
       <c r="B34" t="s">
         <v>220</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>221</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>38</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34">
         <v>2024</v>
       </c>
       <c r="J34" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>222</v>
       </c>
       <c r="M34" t="s">
         <v>25</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>223</v>
       </c>
       <c r="P34" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>225</v>
       </c>
       <c r="B35" t="s">
         <v>226</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>227</v>
+        <v>172</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>38</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35">
         <v>2024</v>
       </c>
       <c r="J35" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="M35" t="s">
         <v>25</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
+        <v>228</v>
+      </c>
+      <c r="P35" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>230</v>
+      </c>
+      <c r="B36" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>172</v>
+        <v>58</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>192</v>
+        <v>232</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
         <v>25</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
+        <v>233</v>
+      </c>
+      <c r="P36" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>235</v>
+      </c>
+      <c r="B37" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H37">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>2007</v>
+      </c>
+      <c r="I37">
+        <v>2013</v>
+      </c>
       <c r="J37" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>237</v>
+      </c>
       <c r="M37" t="s">
         <v>25</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
+        <v>238</v>
+      </c>
+      <c r="P37" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B38" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>100</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="G38" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H38">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="M38" t="s">
         <v>25</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="P38" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B39" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>100</v>
+        <v>246</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>94</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H39">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I39"/>
+        <v>2007</v>
+      </c>
+      <c r="I39">
+        <v>2015</v>
+      </c>
       <c r="J39" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
         <v>247</v>
       </c>
       <c r="M39" t="s">
         <v>25</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
         <v>248</v>
       </c>
       <c r="P39" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>250</v>
       </c>
       <c r="B40" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>252</v>
+        <v>58</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>94</v>
       </c>
       <c r="G40" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2007</v>
       </c>
-      <c r="I40">
-[...1 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="M40" t="s">
         <v>25</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="P40" t="s">
-        <v>255</v>
+        <v>243</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B41" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>58</v>
+        <v>172</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>94</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="M41" t="s">
         <v>25</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="P41" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>258</v>
+      </c>
+      <c r="B42" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>172</v>
+        <v>260</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H42">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I42"/>
+        <v>1993</v>
+      </c>
+      <c r="I42">
+        <v>2007</v>
+      </c>
       <c r="J42" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
         <v>261</v>
       </c>
       <c r="M42" t="s">
         <v>25</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
         <v>262</v>
       </c>
       <c r="P42" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>264</v>
       </c>
       <c r="B43" t="s">
         <v>265</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
+        <v>128</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>94</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>232</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
         <v>266</v>
-      </c>
-[...22 lines deleted...]
-        <v>267</v>
       </c>
       <c r="M43" t="s">
         <v>25</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
+        <v>267</v>
+      </c>
+      <c r="P43" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>269</v>
+      </c>
+      <c r="B44" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>94</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2013</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="M44" t="s">
         <v>25</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
+        <v>272</v>
+      </c>
+      <c r="P44" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>274</v>
+      </c>
+      <c r="B45" t="s">
         <v>275</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
+        <v>36</v>
+      </c>
+      <c r="D45" t="s">
         <v>276</v>
       </c>
-      <c r="C45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" t="s">
-        <v>20</v>
+        <v>277</v>
       </c>
       <c r="F45" t="s">
         <v>94</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H45">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I45"/>
+        <v>2015</v>
+      </c>
+      <c r="I45">
+        <v>2016</v>
+      </c>
       <c r="J45" t="s">
-        <v>238</v>
+        <v>278</v>
       </c>
       <c r="K45" t="s">
-        <v>24</v>
+        <v>279</v>
       </c>
       <c r="L45" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="M45" t="s">
-        <v>25</v>
+        <v>281</v>
       </c>
       <c r="N45" t="s">
-        <v>26</v>
+        <v>282</v>
       </c>
       <c r="O45" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="P45" t="s">
-        <v>279</v>
-[...30 lines deleted...]
-      <c r="J46" t="s">
         <v>284</v>
-      </c>
-[...16 lines deleted...]
-        <v>290</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">