--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,1261 +12,1721 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="538">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
-    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (LED Lamps) Determination 2025</t>
   </si>
   <si>
+    <t>This policy mandates Minimum Energy Performance Standards (MEPS) and labeling requirements for LED lamps, and sets conditions for incandescent and halogen lamp equivalence claims.</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>AS/NZS 5341</t>
   </si>
   <si>
     <t>Department of Climate Change, Energy, the Environment and Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-led-lamps-determination-2025</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2025L00263/asmade/text</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1530,5401 +1990,6154 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N125"/>
+  <dimension ref="A1:P125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
         <v>28</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2010</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>52</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...22 lines deleted...]
-      <c r="G5">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>56</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>60</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>63</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...22 lines deleted...]
-      <c r="G6">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>67</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2009</v>
       </c>
-      <c r="H6"/>
-      <c r="I6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>70</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-      <c r="L6" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...22 lines deleted...]
-      <c r="G7">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>73</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-      <c r="I7" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>76</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-      <c r="L7" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...26 lines deleted...]
-      <c r="I8" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>80</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-      <c r="L8" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-[...62 lines deleted...]
-      <c r="G10">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>84</v>
+      </c>
+      <c r="P17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>87</v>
+      </c>
+      <c r="E18" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" t="s">
+        <v>89</v>
+      </c>
+      <c r="G18" t="s">
+        <v>90</v>
+      </c>
+      <c r="H18">
+        <v>1993</v>
+      </c>
+      <c r="I18">
         <v>2009</v>
       </c>
-      <c r="H10"/>
-[...324 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K18" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>93</v>
+      </c>
+      <c r="P18" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="B19" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="C19" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="E19" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F19" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>89</v>
+      </c>
+      <c r="G19" t="s">
+        <v>90</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
-      <c r="I19" t="s">
-        <v>20</v>
+      <c r="I19">
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>98</v>
+      </c>
+      <c r="P19" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>100</v>
+      </c>
+      <c r="B20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>102</v>
+      </c>
+      <c r="E20" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" t="s">
+        <v>89</v>
+      </c>
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="M19" t="s">
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>103</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>104</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>105</v>
+      </c>
+      <c r="P20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>106</v>
+      </c>
+      <c r="B21" t="s">
+        <v>107</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>108</v>
+      </c>
+      <c r="E21" t="s">
+        <v>88</v>
+      </c>
+      <c r="F21" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" t="s">
+        <v>90</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2009</v>
+      </c>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="N19" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="K21" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N21" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>110</v>
+      </c>
+      <c r="P21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>112</v>
       </c>
       <c r="C22" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>68</v>
+        <v>113</v>
       </c>
       <c r="E22" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F22" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>89</v>
+      </c>
+      <c r="G22" t="s">
+        <v>90</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>115</v>
+      </c>
+      <c r="P22" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>116</v>
+      </c>
+      <c r="B23" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>118</v>
+      </c>
+      <c r="E23" t="s">
         <v>88</v>
       </c>
-      <c r="J22" t="s">
-[...6 lines deleted...]
-      <c r="M22" t="s">
+      <c r="F23" t="s">
+        <v>89</v>
+      </c>
+      <c r="G23" t="s">
+        <v>90</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2009</v>
+      </c>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N22" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>109</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>119</v>
+      </c>
+      <c r="P23" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>120</v>
+      </c>
+      <c r="B24" t="s">
+        <v>121</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>122</v>
+      </c>
+      <c r="E24" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" t="s">
         <v>89</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C23" t="s">
+      <c r="G24" t="s">
+        <v>90</v>
+      </c>
+      <c r="H24">
+        <v>1992</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
         <v>91</v>
       </c>
-      <c r="D23" t="s">
-[...40 lines deleted...]
-      <c r="C24" t="s">
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>123</v>
+      </c>
+      <c r="P24" t="s">
         <v>94</v>
       </c>
-      <c r="D24" t="s">
-[...31 lines deleted...]
-    <row r="25" spans="1:14">
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="B25" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="E25" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F25" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>89</v>
+      </c>
+      <c r="G25" t="s">
+        <v>90</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I25" t="s">
-        <v>20</v>
+      <c r="I25">
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>126</v>
+      </c>
+      <c r="P25" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>127</v>
+      </c>
+      <c r="B26" t="s">
+        <v>128</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>129</v>
+      </c>
+      <c r="E26" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" t="s">
+        <v>89</v>
+      </c>
+      <c r="G26" t="s">
+        <v>90</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>130</v>
+      </c>
+      <c r="L26" t="s">
+        <v>131</v>
+      </c>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>132</v>
+      </c>
+      <c r="P26" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>133</v>
+      </c>
+      <c r="B27" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>135</v>
+      </c>
+      <c r="E27" t="s">
+        <v>88</v>
+      </c>
+      <c r="F27" t="s">
+        <v>89</v>
+      </c>
+      <c r="G27" t="s">
         <v>22</v>
       </c>
-      <c r="M25" t="s">
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="N25" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="K27" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N27" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P27" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>138</v>
       </c>
       <c r="B28" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="E28" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F28" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>89</v>
+      </c>
+      <c r="G28" t="s">
+        <v>90</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
-      <c r="I28" t="s">
-        <v>71</v>
+      <c r="I28">
+        <v>2010</v>
       </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K28" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
+        <v>141</v>
+      </c>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>142</v>
+      </c>
+      <c r="P28" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>143</v>
+      </c>
+      <c r="B29" t="s">
+        <v>144</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>145</v>
+      </c>
+      <c r="E29" t="s">
+        <v>88</v>
+      </c>
+      <c r="F29" t="s">
+        <v>89</v>
+      </c>
+      <c r="G29" t="s">
+        <v>90</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2010</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>146</v>
+      </c>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>147</v>
+      </c>
+      <c r="P29" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>148</v>
+      </c>
+      <c r="B30" t="s">
+        <v>149</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>150</v>
+      </c>
+      <c r="E30" t="s">
+        <v>88</v>
+      </c>
+      <c r="F30" t="s">
+        <v>89</v>
+      </c>
+      <c r="G30" t="s">
         <v>22</v>
       </c>
-      <c r="M28" t="s">
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>91</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>151</v>
+      </c>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>152</v>
+      </c>
+      <c r="P30" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>153</v>
+      </c>
+      <c r="B31" t="s">
+        <v>154</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>155</v>
+      </c>
+      <c r="E31" t="s">
+        <v>88</v>
+      </c>
+      <c r="F31" t="s">
+        <v>89</v>
+      </c>
+      <c r="G31" t="s">
+        <v>90</v>
+      </c>
+      <c r="H31">
+        <v>1994</v>
+      </c>
+      <c r="I31">
+        <v>2003</v>
+      </c>
+      <c r="J31" t="s">
+        <v>91</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>156</v>
+      </c>
+      <c r="P31" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>157</v>
+      </c>
+      <c r="B32" t="s">
+        <v>158</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>159</v>
+      </c>
+      <c r="E32" t="s">
+        <v>88</v>
+      </c>
+      <c r="F32" t="s">
+        <v>89</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>91</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>160</v>
+      </c>
+      <c r="P32" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>161</v>
+      </c>
+      <c r="B33" t="s">
+        <v>162</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>163</v>
+      </c>
+      <c r="E33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" t="s">
+        <v>89</v>
+      </c>
+      <c r="G33" t="s">
+        <v>90</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="N28" t="s">
-[...37 lines deleted...]
-      <c r="L29" t="s">
+      <c r="K33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L33" t="s">
+        <v>164</v>
+      </c>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>165</v>
+      </c>
+      <c r="P33" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>166</v>
+      </c>
+      <c r="B34" t="s">
+        <v>167</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>168</v>
+      </c>
+      <c r="E34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" t="s">
+        <v>89</v>
+      </c>
+      <c r="G34" t="s">
+        <v>90</v>
+      </c>
+      <c r="H34">
+        <v>1996</v>
+      </c>
+      <c r="I34">
+        <v>2009</v>
+      </c>
+      <c r="J34" t="s">
+        <v>91</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>169</v>
+      </c>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>170</v>
+      </c>
+      <c r="P34" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>166</v>
+      </c>
+      <c r="B35" t="s">
+        <v>167</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>171</v>
+      </c>
+      <c r="E35" t="s">
+        <v>88</v>
+      </c>
+      <c r="F35" t="s">
+        <v>89</v>
+      </c>
+      <c r="G35" t="s">
+        <v>90</v>
+      </c>
+      <c r="H35">
+        <v>1997</v>
+      </c>
+      <c r="I35">
+        <v>2009</v>
+      </c>
+      <c r="J35" t="s">
+        <v>91</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>172</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>173</v>
+      </c>
+      <c r="P35" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>174</v>
+      </c>
+      <c r="B36" t="s">
+        <v>175</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>176</v>
+      </c>
+      <c r="E36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" t="s">
+        <v>89</v>
+      </c>
+      <c r="G36" t="s">
         <v>22</v>
       </c>
-      <c r="M29" t="s">
-[...25 lines deleted...]
-      <c r="G30">
+      <c r="H36">
         <v>2009</v>
       </c>
-      <c r="H30"/>
-[...167 lines deleted...]
-      <c r="H34">
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>91</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>177</v>
+      </c>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>178</v>
+      </c>
+      <c r="P36" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>179</v>
+      </c>
+      <c r="B37" t="s">
+        <v>180</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>140</v>
+      </c>
+      <c r="E37" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" t="s">
+        <v>89</v>
+      </c>
+      <c r="G37" t="s">
+        <v>90</v>
+      </c>
+      <c r="H37">
+        <v>1992</v>
+      </c>
+      <c r="I37">
         <v>2009</v>
       </c>
-      <c r="I34" t="s">
-[...131 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K37" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="M37" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N37" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>181</v>
+      </c>
+      <c r="P37" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>142</v>
+        <v>183</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>184</v>
       </c>
       <c r="C38" t="s">
-        <v>143</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>68</v>
+        <v>185</v>
       </c>
       <c r="E38" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F38" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>89</v>
+      </c>
+      <c r="G38" t="s">
+        <v>90</v>
       </c>
       <c r="H38">
         <v>2010</v>
       </c>
-      <c r="I38" t="s">
+      <c r="I38">
+        <v>2010</v>
+      </c>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>186</v>
+      </c>
+      <c r="P38" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>187</v>
+      </c>
+      <c r="B39" t="s">
+        <v>188</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>189</v>
+      </c>
+      <c r="E39" t="s">
+        <v>88</v>
+      </c>
+      <c r="F39" t="s">
+        <v>89</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>190</v>
+      </c>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>191</v>
+      </c>
+      <c r="P39" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>192</v>
+      </c>
+      <c r="B40" t="s">
+        <v>193</v>
+      </c>
+      <c r="C40" t="s">
+        <v>194</v>
+      </c>
+      <c r="D40" t="s">
+        <v>195</v>
+      </c>
+      <c r="E40" t="s">
+        <v>88</v>
+      </c>
+      <c r="F40" t="s">
+        <v>196</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>197</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>198</v>
+      </c>
+      <c r="M40" t="s">
+        <v>199</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>200</v>
+      </c>
+      <c r="P40" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>202</v>
+      </c>
+      <c r="B41" t="s">
+        <v>203</v>
+      </c>
+      <c r="C41" t="s">
+        <v>194</v>
+      </c>
+      <c r="D41" t="s">
+        <v>204</v>
+      </c>
+      <c r="E41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F41" t="s">
+        <v>205</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2022</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>206</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>199</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>207</v>
+      </c>
+      <c r="P41" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B42" t="s">
+        <v>210</v>
+      </c>
+      <c r="C42" t="s">
+        <v>194</v>
+      </c>
+      <c r="D42" t="s">
+        <v>204</v>
+      </c>
+      <c r="E42" t="s">
+        <v>88</v>
+      </c>
+      <c r="F42" t="s">
+        <v>196</v>
+      </c>
+      <c r="G42" t="s">
+        <v>90</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2019</v>
+      </c>
+      <c r="J42" t="s">
+        <v>197</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>211</v>
+      </c>
+      <c r="M42" t="s">
+        <v>199</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>212</v>
+      </c>
+      <c r="P42" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>214</v>
+      </c>
+      <c r="B43" t="s">
+        <v>215</v>
+      </c>
+      <c r="C43" t="s">
+        <v>194</v>
+      </c>
+      <c r="D43" t="s">
+        <v>216</v>
+      </c>
+      <c r="E43" t="s">
+        <v>88</v>
+      </c>
+      <c r="F43" t="s">
+        <v>196</v>
+      </c>
+      <c r="G43" t="s">
+        <v>90</v>
+      </c>
+      <c r="H43">
+        <v>2002</v>
+      </c>
+      <c r="I43">
+        <v>2012</v>
+      </c>
+      <c r="J43" t="s">
+        <v>197</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>217</v>
+      </c>
+      <c r="M43" t="s">
+        <v>199</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>218</v>
+      </c>
+      <c r="P43" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>220</v>
+      </c>
+      <c r="B44" t="s">
+        <v>221</v>
+      </c>
+      <c r="C44" t="s">
+        <v>194</v>
+      </c>
+      <c r="D44" t="s">
+        <v>222</v>
+      </c>
+      <c r="E44" t="s">
+        <v>88</v>
+      </c>
+      <c r="F44" t="s">
+        <v>205</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>197</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>223</v>
+      </c>
+      <c r="M44" t="s">
+        <v>199</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>224</v>
+      </c>
+      <c r="P44" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>226</v>
+      </c>
+      <c r="B45" t="s">
+        <v>227</v>
+      </c>
+      <c r="C45" t="s">
+        <v>194</v>
+      </c>
+      <c r="D45" t="s">
+        <v>108</v>
+      </c>
+      <c r="E45" t="s">
+        <v>88</v>
+      </c>
+      <c r="F45" t="s">
+        <v>196</v>
+      </c>
+      <c r="G45" t="s">
+        <v>90</v>
+      </c>
+      <c r="H45">
+        <v>1989</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>197</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>228</v>
+      </c>
+      <c r="M45" t="s">
+        <v>199</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>229</v>
+      </c>
+      <c r="P45" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>231</v>
+      </c>
+      <c r="B46" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" t="s">
+        <v>194</v>
+      </c>
+      <c r="D46" t="s">
+        <v>31</v>
+      </c>
+      <c r="E46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F46" t="s">
+        <v>205</v>
+      </c>
+      <c r="G46" t="s">
+        <v>90</v>
+      </c>
+      <c r="H46">
+        <v>1999</v>
+      </c>
+      <c r="I46">
+        <v>2014</v>
+      </c>
+      <c r="J46" t="s">
+        <v>197</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>233</v>
+      </c>
+      <c r="M46" t="s">
+        <v>199</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>234</v>
+      </c>
+      <c r="P46" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>231</v>
+      </c>
+      <c r="B47" t="s">
+        <v>236</v>
+      </c>
+      <c r="C47" t="s">
+        <v>194</v>
+      </c>
+      <c r="D47" t="s">
+        <v>66</v>
+      </c>
+      <c r="E47" t="s">
+        <v>88</v>
+      </c>
+      <c r="F47" t="s">
+        <v>196</v>
+      </c>
+      <c r="G47" t="s">
+        <v>90</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2014</v>
+      </c>
+      <c r="J47" t="s">
+        <v>197</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>237</v>
+      </c>
+      <c r="M47" t="s">
+        <v>199</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>238</v>
+      </c>
+      <c r="P47" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>240</v>
+      </c>
+      <c r="B48" t="s">
+        <v>241</v>
+      </c>
+      <c r="C48" t="s">
+        <v>194</v>
+      </c>
+      <c r="D48" t="s">
+        <v>79</v>
+      </c>
+      <c r="E48" t="s">
+        <v>88</v>
+      </c>
+      <c r="F48" t="s">
+        <v>205</v>
+      </c>
+      <c r="G48" t="s">
+        <v>90</v>
+      </c>
+      <c r="H48">
+        <v>2008</v>
+      </c>
+      <c r="I48">
+        <v>2012</v>
+      </c>
+      <c r="J48" t="s">
+        <v>197</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>242</v>
+      </c>
+      <c r="M48" t="s">
+        <v>199</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>243</v>
+      </c>
+      <c r="P48" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>245</v>
+      </c>
+      <c r="B49" t="s">
+        <v>246</v>
+      </c>
+      <c r="C49" t="s">
+        <v>194</v>
+      </c>
+      <c r="D49" t="s">
+        <v>145</v>
+      </c>
+      <c r="E49" t="s">
+        <v>88</v>
+      </c>
+      <c r="F49" t="s">
+        <v>89</v>
+      </c>
+      <c r="G49" t="s">
+        <v>90</v>
+      </c>
+      <c r="H49">
+        <v>2005</v>
+      </c>
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
+        <v>197</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>247</v>
+      </c>
+      <c r="M49" t="s">
+        <v>199</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>248</v>
+      </c>
+      <c r="P49" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>250</v>
+      </c>
+      <c r="B50" t="s">
+        <v>251</v>
+      </c>
+      <c r="C50" t="s">
+        <v>194</v>
+      </c>
+      <c r="D50" t="s">
+        <v>252</v>
+      </c>
+      <c r="E50" t="s">
+        <v>88</v>
+      </c>
+      <c r="F50" t="s">
+        <v>205</v>
+      </c>
+      <c r="G50" t="s">
+        <v>90</v>
+      </c>
+      <c r="H50">
+        <v>2004</v>
+      </c>
+      <c r="I50">
+        <v>2017</v>
+      </c>
+      <c r="J50" t="s">
+        <v>197</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>253</v>
+      </c>
+      <c r="M50" t="s">
+        <v>199</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>254</v>
+      </c>
+      <c r="P50" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>256</v>
+      </c>
+      <c r="B51" t="s">
+        <v>257</v>
+      </c>
+      <c r="C51" t="s">
+        <v>194</v>
+      </c>
+      <c r="D51" t="s">
+        <v>258</v>
+      </c>
+      <c r="E51" t="s">
+        <v>88</v>
+      </c>
+      <c r="F51" t="s">
+        <v>205</v>
+      </c>
+      <c r="G51" t="s">
+        <v>90</v>
+      </c>
+      <c r="H51">
+        <v>1989</v>
+      </c>
+      <c r="I51">
+        <v>2012</v>
+      </c>
+      <c r="J51" t="s">
+        <v>197</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>259</v>
+      </c>
+      <c r="M51" t="s">
+        <v>199</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>260</v>
+      </c>
+      <c r="P51" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>262</v>
+      </c>
+      <c r="B52" t="s">
+        <v>263</v>
+      </c>
+      <c r="C52" t="s">
+        <v>194</v>
+      </c>
+      <c r="D52" t="s">
+        <v>264</v>
+      </c>
+      <c r="E52" t="s">
+        <v>88</v>
+      </c>
+      <c r="F52" t="s">
+        <v>205</v>
+      </c>
+      <c r="G52" t="s">
+        <v>90</v>
+      </c>
+      <c r="H52">
+        <v>2005</v>
+      </c>
+      <c r="I52">
+        <v>2014</v>
+      </c>
+      <c r="J52" t="s">
+        <v>206</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>265</v>
+      </c>
+      <c r="M52" t="s">
+        <v>199</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>266</v>
+      </c>
+      <c r="P52" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>268</v>
+      </c>
+      <c r="B53" t="s">
+        <v>269</v>
+      </c>
+      <c r="C53" t="s">
+        <v>194</v>
+      </c>
+      <c r="D53" t="s">
+        <v>129</v>
+      </c>
+      <c r="E53" t="s">
+        <v>88</v>
+      </c>
+      <c r="F53" t="s">
+        <v>205</v>
+      </c>
+      <c r="G53" t="s">
+        <v>90</v>
+      </c>
+      <c r="H53">
+        <v>1989</v>
+      </c>
+      <c r="I53">
+        <v>2017</v>
+      </c>
+      <c r="J53" t="s">
+        <v>197</v>
+      </c>
+      <c r="K53" t="s">
+        <v>270</v>
+      </c>
+      <c r="L53" t="s">
+        <v>271</v>
+      </c>
+      <c r="M53" t="s">
+        <v>199</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>272</v>
+      </c>
+      <c r="P53" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>268</v>
+      </c>
+      <c r="B54" t="s">
+        <v>274</v>
+      </c>
+      <c r="C54" t="s">
+        <v>194</v>
+      </c>
+      <c r="D54" t="s">
+        <v>258</v>
+      </c>
+      <c r="E54" t="s">
+        <v>88</v>
+      </c>
+      <c r="F54" t="s">
+        <v>205</v>
+      </c>
+      <c r="G54" t="s">
+        <v>90</v>
+      </c>
+      <c r="H54">
+        <v>1989</v>
+      </c>
+      <c r="I54">
+        <v>2017</v>
+      </c>
+      <c r="J54" t="s">
+        <v>197</v>
+      </c>
+      <c r="K54" t="s">
+        <v>270</v>
+      </c>
+      <c r="L54" t="s">
+        <v>271</v>
+      </c>
+      <c r="M54" t="s">
+        <v>199</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>275</v>
+      </c>
+      <c r="P54" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>277</v>
+      </c>
+      <c r="B55" t="s">
+        <v>278</v>
+      </c>
+      <c r="C55" t="s">
+        <v>194</v>
+      </c>
+      <c r="D55" t="s">
+        <v>279</v>
+      </c>
+      <c r="E55" t="s">
+        <v>88</v>
+      </c>
+      <c r="F55" t="s">
+        <v>196</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2019</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>197</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>280</v>
+      </c>
+      <c r="M55" t="s">
+        <v>199</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>281</v>
+      </c>
+      <c r="P55" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>283</v>
+      </c>
+      <c r="B56" t="s">
+        <v>284</v>
+      </c>
+      <c r="C56" t="s">
+        <v>194</v>
+      </c>
+      <c r="D56" t="s">
+        <v>285</v>
+      </c>
+      <c r="E56" t="s">
+        <v>88</v>
+      </c>
+      <c r="F56" t="s">
+        <v>196</v>
+      </c>
+      <c r="G56" t="s">
+        <v>90</v>
+      </c>
+      <c r="H56">
+        <v>2009</v>
+      </c>
+      <c r="I56">
+        <v>2016</v>
+      </c>
+      <c r="J56" t="s">
+        <v>197</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>286</v>
+      </c>
+      <c r="M56" t="s">
+        <v>199</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>287</v>
+      </c>
+      <c r="P56" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>289</v>
+      </c>
+      <c r="B57" t="s">
+        <v>290</v>
+      </c>
+      <c r="C57" t="s">
+        <v>194</v>
+      </c>
+      <c r="D57" t="s">
+        <v>168</v>
+      </c>
+      <c r="E57" t="s">
+        <v>88</v>
+      </c>
+      <c r="F57" t="s">
+        <v>205</v>
+      </c>
+      <c r="G57" t="s">
+        <v>291</v>
+      </c>
+      <c r="H57"/>
+      <c r="I57">
+        <v>2025</v>
+      </c>
+      <c r="J57" t="s">
+        <v>206</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>292</v>
+      </c>
+      <c r="M57" t="s">
+        <v>293</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>294</v>
+      </c>
+      <c r="P57" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>296</v>
+      </c>
+      <c r="B58" t="s">
+        <v>297</v>
+      </c>
+      <c r="C58" t="s">
+        <v>194</v>
+      </c>
+      <c r="D58" t="s">
+        <v>298</v>
+      </c>
+      <c r="E58" t="s">
+        <v>88</v>
+      </c>
+      <c r="F58" t="s">
+        <v>205</v>
+      </c>
+      <c r="G58" t="s">
+        <v>90</v>
+      </c>
+      <c r="H58">
+        <v>2008</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>197</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>299</v>
+      </c>
+      <c r="M58" t="s">
+        <v>199</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>300</v>
+      </c>
+      <c r="P58" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>302</v>
+      </c>
+      <c r="B59" t="s">
+        <v>303</v>
+      </c>
+      <c r="C59" t="s">
+        <v>194</v>
+      </c>
+      <c r="D59" t="s">
+        <v>304</v>
+      </c>
+      <c r="E59" t="s">
+        <v>88</v>
+      </c>
+      <c r="F59" t="s">
+        <v>205</v>
+      </c>
+      <c r="G59" t="s">
+        <v>90</v>
+      </c>
+      <c r="H59">
+        <v>2003</v>
+      </c>
+      <c r="I59">
+        <v>2024</v>
+      </c>
+      <c r="J59" t="s">
+        <v>206</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>305</v>
+      </c>
+      <c r="M59" t="s">
+        <v>199</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>306</v>
+      </c>
+      <c r="P59" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>308</v>
+      </c>
+      <c r="B60" t="s">
+        <v>309</v>
+      </c>
+      <c r="C60" t="s">
+        <v>194</v>
+      </c>
+      <c r="D60" t="s">
+        <v>310</v>
+      </c>
+      <c r="E60" t="s">
+        <v>88</v>
+      </c>
+      <c r="F60" t="s">
+        <v>196</v>
+      </c>
+      <c r="G60" t="s">
+        <v>90</v>
+      </c>
+      <c r="H60">
+        <v>1989</v>
+      </c>
+      <c r="I60">
+        <v>2015</v>
+      </c>
+      <c r="J60" t="s">
+        <v>197</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>311</v>
+      </c>
+      <c r="M60" t="s">
+        <v>199</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>312</v>
+      </c>
+      <c r="P60" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>314</v>
+      </c>
+      <c r="B61" t="s">
+        <v>315</v>
+      </c>
+      <c r="C61" t="s">
+        <v>194</v>
+      </c>
+      <c r="D61" t="s">
+        <v>316</v>
+      </c>
+      <c r="E61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F61" t="s">
+        <v>205</v>
+      </c>
+      <c r="G61" t="s">
+        <v>90</v>
+      </c>
+      <c r="H61">
+        <v>2009</v>
+      </c>
+      <c r="I61">
+        <v>2017</v>
+      </c>
+      <c r="J61" t="s">
+        <v>197</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>317</v>
+      </c>
+      <c r="M61" t="s">
+        <v>199</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>318</v>
+      </c>
+      <c r="P61" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>320</v>
+      </c>
+      <c r="B62" t="s">
+        <v>321</v>
+      </c>
+      <c r="C62" t="s">
+        <v>194</v>
+      </c>
+      <c r="D62" t="s">
+        <v>83</v>
+      </c>
+      <c r="E62" t="s">
+        <v>88</v>
+      </c>
+      <c r="F62" t="s">
+        <v>196</v>
+      </c>
+      <c r="G62" t="s">
+        <v>90</v>
+      </c>
+      <c r="H62">
+        <v>2009</v>
+      </c>
+      <c r="I62">
+        <v>2013</v>
+      </c>
+      <c r="J62" t="s">
+        <v>197</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>322</v>
+      </c>
+      <c r="M62" t="s">
+        <v>199</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>323</v>
+      </c>
+      <c r="P62" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>325</v>
+      </c>
+      <c r="B63" t="s">
+        <v>326</v>
+      </c>
+      <c r="C63" t="s">
+        <v>194</v>
+      </c>
+      <c r="D63" t="s">
+        <v>327</v>
+      </c>
+      <c r="E63" t="s">
+        <v>88</v>
+      </c>
+      <c r="F63" t="s">
+        <v>205</v>
+      </c>
+      <c r="G63" t="s">
+        <v>90</v>
+      </c>
+      <c r="H63">
+        <v>2001</v>
+      </c>
+      <c r="I63">
+        <v>2019</v>
+      </c>
+      <c r="J63" t="s">
+        <v>206</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>328</v>
+      </c>
+      <c r="M63" t="s">
+        <v>199</v>
+      </c>
+      <c r="N63" t="s">
+        <v>329</v>
+      </c>
+      <c r="O63" t="s">
+        <v>330</v>
+      </c>
+      <c r="P63" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>332</v>
+      </c>
+      <c r="B64" t="s">
+        <v>333</v>
+      </c>
+      <c r="C64" t="s">
+        <v>194</v>
+      </c>
+      <c r="D64" t="s">
+        <v>334</v>
+      </c>
+      <c r="E64" t="s">
+        <v>88</v>
+      </c>
+      <c r="F64" t="s">
+        <v>205</v>
+      </c>
+      <c r="G64" t="s">
+        <v>90</v>
+      </c>
+      <c r="H64">
+        <v>2004</v>
+      </c>
+      <c r="I64">
+        <v>2012</v>
+      </c>
+      <c r="J64" t="s">
+        <v>206</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>335</v>
+      </c>
+      <c r="M64" t="s">
+        <v>199</v>
+      </c>
+      <c r="N64" t="s">
+        <v>329</v>
+      </c>
+      <c r="O64" t="s">
+        <v>336</v>
+      </c>
+      <c r="P64" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>338</v>
+      </c>
+      <c r="B65" t="s">
+        <v>339</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>168</v>
+      </c>
+      <c r="E65" t="s">
         <v>20</v>
       </c>
-      <c r="J38" t="s">
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K38"/>
-      <c r="L38" t="s">
+      <c r="G65" t="s">
         <v>22</v>
-      </c>
-[...1157 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H65">
         <v>2012</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
+        <v>91</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>25</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>340</v>
+      </c>
+      <c r="P65" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>338</v>
+      </c>
+      <c r="B66" t="s">
+        <v>342</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>168</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
         <v>21</v>
       </c>
-      <c r="K65"/>
-      <c r="L65" t="s">
+      <c r="G66" t="s">
         <v>22</v>
       </c>
-      <c r="M65" t="s">
+      <c r="H66">
+        <v>2012</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>91</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>25</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>343</v>
+      </c>
+      <c r="P66" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>338</v>
+      </c>
+      <c r="B67" t="s">
+        <v>344</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>345</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2012</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>91</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>25</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>346</v>
+      </c>
+      <c r="P67" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>338</v>
+      </c>
+      <c r="B68" t="s">
+        <v>347</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>348</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2010</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
         <v>23</v>
       </c>
-      <c r="N65" t="s">
-[...22 lines deleted...]
-      <c r="G66">
+      <c r="K68" t="s">
+        <v>349</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>25</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>350</v>
+      </c>
+      <c r="P68" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>338</v>
+      </c>
+      <c r="B69" t="s">
+        <v>352</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>163</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>90</v>
+      </c>
+      <c r="H69">
+        <v>1996</v>
+      </c>
+      <c r="I69">
         <v>2012</v>
       </c>
-      <c r="H66"/>
-[...3 lines deleted...]
-      <c r="J66" t="s">
+      <c r="J69" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" t="s">
+        <v>353</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>25</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>354</v>
+      </c>
+      <c r="P69" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>338</v>
+      </c>
+      <c r="B70" t="s">
+        <v>355</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>163</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
         <v>21</v>
       </c>
-      <c r="K66"/>
-[...3 lines deleted...]
-      <c r="M66" t="s">
+      <c r="G70" t="s">
+        <v>90</v>
+      </c>
+      <c r="H70">
+        <v>1996</v>
+      </c>
+      <c r="I70">
+        <v>2012</v>
+      </c>
+      <c r="J70" t="s">
         <v>23</v>
       </c>
-      <c r="N66" t="s">
-[...22 lines deleted...]
-      <c r="G67">
+      <c r="K70" t="s">
+        <v>353</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>25</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>356</v>
+      </c>
+      <c r="P70" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>338</v>
+      </c>
+      <c r="B71" t="s">
+        <v>357</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>298</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>90</v>
+      </c>
+      <c r="H71">
+        <v>2010</v>
+      </c>
+      <c r="I71">
         <v>2012</v>
       </c>
-      <c r="H67"/>
-[...3 lines deleted...]
-      <c r="J67" t="s">
+      <c r="J71" t="s">
+        <v>91</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>25</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>358</v>
+      </c>
+      <c r="P71" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>338</v>
+      </c>
+      <c r="B72" t="s">
+        <v>359</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>168</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K67"/>
-[...3 lines deleted...]
-      <c r="M67" t="s">
+      <c r="G72" t="s">
+        <v>90</v>
+      </c>
+      <c r="H72">
+        <v>2012</v>
+      </c>
+      <c r="I72">
+        <v>2012</v>
+      </c>
+      <c r="J72" t="s">
+        <v>91</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>25</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>360</v>
+      </c>
+      <c r="P72" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>338</v>
+      </c>
+      <c r="B73" t="s">
+        <v>361</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>362</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>90</v>
+      </c>
+      <c r="H73">
+        <v>2012</v>
+      </c>
+      <c r="I73">
+        <v>2012</v>
+      </c>
+      <c r="J73" t="s">
+        <v>91</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>25</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>363</v>
+      </c>
+      <c r="P73" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>338</v>
+      </c>
+      <c r="B74" t="s">
+        <v>364</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>365</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>90</v>
+      </c>
+      <c r="H74">
+        <v>1996</v>
+      </c>
+      <c r="I74">
+        <v>2012</v>
+      </c>
+      <c r="J74" t="s">
         <v>23</v>
       </c>
-      <c r="N67" t="s">
-[...22 lines deleted...]
-      <c r="G68">
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>25</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>366</v>
+      </c>
+      <c r="P74" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>338</v>
+      </c>
+      <c r="B75" t="s">
+        <v>367</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>334</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>90</v>
+      </c>
+      <c r="H75">
+        <v>1996</v>
+      </c>
+      <c r="I75">
         <v>2012</v>
       </c>
-      <c r="H68">
-[...5 lines deleted...]
-      <c r="J68" t="s">
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>25</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>368</v>
+      </c>
+      <c r="P75" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>338</v>
+      </c>
+      <c r="B76" t="s">
+        <v>369</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>370</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
         <v>21</v>
       </c>
-      <c r="K68"/>
-[...320 lines deleted...]
-        <v>1996</v>
+      <c r="G76" t="s">
+        <v>90</v>
       </c>
       <c r="H76">
         <v>2012</v>
       </c>
-      <c r="I76" t="s">
+      <c r="I76">
+        <v>2012</v>
+      </c>
+      <c r="J76" t="s">
+        <v>91</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>25</v>
+      </c>
+      <c r="N76" t="s">
+        <v>329</v>
+      </c>
+      <c r="O76" t="s">
+        <v>371</v>
+      </c>
+      <c r="P76" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>372</v>
+      </c>
+      <c r="B77" t="s">
+        <v>373</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>327</v>
+      </c>
+      <c r="E77" t="s">
         <v>20</v>
       </c>
-      <c r="J76" t="s">
-[...3 lines deleted...]
-      <c r="L76" t="s">
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>90</v>
+      </c>
+      <c r="H77">
+        <v>1996</v>
+      </c>
+      <c r="I77">
+        <v>2010</v>
+      </c>
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>25</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>374</v>
+      </c>
+      <c r="P77" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>375</v>
+      </c>
+      <c r="B78" t="s">
+        <v>376</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>216</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>90</v>
+      </c>
+      <c r="H78">
+        <v>1996</v>
+      </c>
+      <c r="I78">
+        <v>2012</v>
+      </c>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>377</v>
+      </c>
+      <c r="M78" t="s">
+        <v>25</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>378</v>
+      </c>
+      <c r="P78" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>379</v>
+      </c>
+      <c r="B79" t="s">
+        <v>380</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>163</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>90</v>
+      </c>
+      <c r="H79">
+        <v>1996</v>
+      </c>
+      <c r="I79">
+        <v>2010</v>
+      </c>
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" t="s">
+        <v>130</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>25</v>
+      </c>
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>381</v>
+      </c>
+      <c r="P79" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>382</v>
+      </c>
+      <c r="B80" t="s">
+        <v>383</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>43</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>90</v>
+      </c>
+      <c r="H80">
+        <v>1996</v>
+      </c>
+      <c r="I80">
+        <v>2010</v>
+      </c>
+      <c r="J80" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>25</v>
+      </c>
+      <c r="N80" t="s">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
+        <v>384</v>
+      </c>
+      <c r="P80" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>385</v>
+      </c>
+      <c r="B81" t="s">
+        <v>386</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>163</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>90</v>
+      </c>
+      <c r="H81">
+        <v>1996</v>
+      </c>
+      <c r="I81">
+        <v>2010</v>
+      </c>
+      <c r="J81" t="s">
+        <v>23</v>
+      </c>
+      <c r="K81" t="s">
+        <v>130</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>25</v>
+      </c>
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>387</v>
+      </c>
+      <c r="P81" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>388</v>
+      </c>
+      <c r="B82" t="s">
+        <v>389</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>298</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>90</v>
+      </c>
+      <c r="H82">
+        <v>1996</v>
+      </c>
+      <c r="I82">
+        <v>2010</v>
+      </c>
+      <c r="J82" t="s">
+        <v>91</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>25</v>
+      </c>
+      <c r="N82" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>390</v>
+      </c>
+      <c r="P82" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>388</v>
+      </c>
+      <c r="B83" t="s">
+        <v>391</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>392</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>90</v>
+      </c>
+      <c r="H83">
+        <v>1996</v>
+      </c>
+      <c r="I83">
+        <v>2010</v>
+      </c>
+      <c r="J83" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" t="s">
+        <v>130</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>25</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>393</v>
+      </c>
+      <c r="P83" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>394</v>
+      </c>
+      <c r="B84" t="s">
+        <v>395</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>396</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>90</v>
+      </c>
+      <c r="H84">
+        <v>1996</v>
+      </c>
+      <c r="I84">
+        <v>2010</v>
+      </c>
+      <c r="J84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>25</v>
+      </c>
+      <c r="N84" t="s">
+        <v>26</v>
+      </c>
+      <c r="O84" t="s">
+        <v>397</v>
+      </c>
+      <c r="P84" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>398</v>
+      </c>
+      <c r="B85" t="s">
+        <v>362</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>362</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>90</v>
+      </c>
+      <c r="H85">
+        <v>1996</v>
+      </c>
+      <c r="I85">
+        <v>2010</v>
+      </c>
+      <c r="J85" t="s">
+        <v>399</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>25</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>400</v>
+      </c>
+      <c r="P85" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>402</v>
+      </c>
+      <c r="B86" t="s">
+        <v>403</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>404</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>90</v>
+      </c>
+      <c r="H86">
+        <v>1996</v>
+      </c>
+      <c r="I86">
+        <v>2010</v>
+      </c>
+      <c r="J86" t="s">
+        <v>23</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>25</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>405</v>
+      </c>
+      <c r="P86" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>406</v>
+      </c>
+      <c r="B87" t="s">
+        <v>407</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>408</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>90</v>
+      </c>
+      <c r="H87">
+        <v>2006</v>
+      </c>
+      <c r="I87">
+        <v>2015</v>
+      </c>
+      <c r="J87" t="s">
+        <v>409</v>
+      </c>
+      <c r="K87" t="s">
+        <v>410</v>
+      </c>
+      <c r="L87" t="s">
+        <v>411</v>
+      </c>
+      <c r="M87" t="s">
+        <v>412</v>
+      </c>
+      <c r="N87" t="s">
+        <v>413</v>
+      </c>
+      <c r="O87" t="s">
+        <v>414</v>
+      </c>
+      <c r="P87" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>416</v>
+      </c>
+      <c r="B88" t="s">
+        <v>417</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>418</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>90</v>
+      </c>
+      <c r="H88">
+        <v>2001</v>
+      </c>
+      <c r="I88">
+        <v>2012</v>
+      </c>
+      <c r="J88" t="s">
+        <v>409</v>
+      </c>
+      <c r="K88" t="s">
+        <v>410</v>
+      </c>
+      <c r="L88" t="s">
+        <v>419</v>
+      </c>
+      <c r="M88" t="s">
+        <v>412</v>
+      </c>
+      <c r="N88" t="s">
+        <v>413</v>
+      </c>
+      <c r="O88" t="s">
+        <v>420</v>
+      </c>
+      <c r="P88" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>422</v>
+      </c>
+      <c r="B89" t="s">
+        <v>423</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>424</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>90</v>
+      </c>
+      <c r="H89">
+        <v>1994</v>
+      </c>
+      <c r="I89">
+        <v>2013</v>
+      </c>
+      <c r="J89" t="s">
+        <v>409</v>
+      </c>
+      <c r="K89" t="s">
+        <v>410</v>
+      </c>
+      <c r="L89" t="s">
+        <v>425</v>
+      </c>
+      <c r="M89" t="s">
+        <v>412</v>
+      </c>
+      <c r="N89" t="s">
+        <v>413</v>
+      </c>
+      <c r="O89" t="s">
+        <v>426</v>
+      </c>
+      <c r="P89" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>428</v>
+      </c>
+      <c r="B90" t="s">
+        <v>429</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>430</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>90</v>
+      </c>
+      <c r="H90">
+        <v>1992</v>
+      </c>
+      <c r="I90">
+        <v>2012</v>
+      </c>
+      <c r="J90" t="s">
+        <v>409</v>
+      </c>
+      <c r="K90" t="s">
+        <v>410</v>
+      </c>
+      <c r="L90" t="s">
+        <v>419</v>
+      </c>
+      <c r="M90" t="s">
+        <v>412</v>
+      </c>
+      <c r="N90" t="s">
+        <v>413</v>
+      </c>
+      <c r="O90" t="s">
+        <v>431</v>
+      </c>
+      <c r="P90" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>433</v>
+      </c>
+      <c r="B91" t="s">
+        <v>434</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>327</v>
+      </c>
+      <c r="E91" t="s">
+        <v>88</v>
+      </c>
+      <c r="F91" t="s">
+        <v>205</v>
+      </c>
+      <c r="G91" t="s">
+        <v>90</v>
+      </c>
+      <c r="H91">
+        <v>2008</v>
+      </c>
+      <c r="I91">
+        <v>2016</v>
+      </c>
+      <c r="J91" t="s">
+        <v>23</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>25</v>
+      </c>
+      <c r="N91" t="s">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>435</v>
+      </c>
+      <c r="P91" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>436</v>
+      </c>
+      <c r="B92" t="s">
+        <v>437</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>438</v>
+      </c>
+      <c r="E92" t="s">
+        <v>88</v>
+      </c>
+      <c r="F92" t="s">
+        <v>205</v>
+      </c>
+      <c r="G92" t="s">
         <v>22</v>
       </c>
-      <c r="M76" t="s">
+      <c r="H92">
+        <v>2012</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
         <v>23</v>
       </c>
-      <c r="N76" t="s">
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>25</v>
+      </c>
+      <c r="N92" t="s">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>439</v>
+      </c>
+      <c r="P92" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>440</v>
+      </c>
+      <c r="B93" t="s">
+        <v>441</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
         <v>264</v>
       </c>
-    </row>
-[...32 lines deleted...]
-      <c r="L77" t="s">
+      <c r="E93" t="s">
+        <v>88</v>
+      </c>
+      <c r="F93" t="s">
+        <v>205</v>
+      </c>
+      <c r="G93" t="s">
         <v>22</v>
       </c>
-      <c r="M77" t="s">
+      <c r="H93">
+        <v>2009</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
         <v>23</v>
       </c>
-      <c r="N77" t="s">
-[...673 lines deleted...]
-      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N93" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>442</v>
+      </c>
+      <c r="P93" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>315</v>
+        <v>443</v>
       </c>
       <c r="B94" t="s">
-        <v>15</v>
+        <v>134</v>
       </c>
       <c r="C94" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D94" t="s">
-        <v>68</v>
+        <v>135</v>
       </c>
       <c r="E94" t="s">
-        <v>159</v>
+        <v>88</v>
       </c>
       <c r="F94" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>205</v>
+      </c>
+      <c r="G94" t="s">
+        <v>90</v>
       </c>
       <c r="H94">
         <v>2011</v>
       </c>
-      <c r="I94" t="s">
-        <v>20</v>
+      <c r="I94">
+        <v>2011</v>
       </c>
       <c r="J94" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K94" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="M94" t="s">
+        <v>25</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>444</v>
+      </c>
+      <c r="P94" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>445</v>
+      </c>
+      <c r="B95" t="s">
+        <v>86</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>87</v>
+      </c>
+      <c r="E95" t="s">
+        <v>88</v>
+      </c>
+      <c r="F95" t="s">
+        <v>205</v>
+      </c>
+      <c r="G95" t="s">
+        <v>90</v>
+      </c>
+      <c r="H95">
+        <v>1993</v>
+      </c>
+      <c r="I95">
+        <v>2009</v>
+      </c>
+      <c r="J95" t="s">
+        <v>91</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>92</v>
+      </c>
+      <c r="M95" t="s">
+        <v>25</v>
+      </c>
+      <c r="N95" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>446</v>
+      </c>
+      <c r="P95" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>447</v>
+      </c>
+      <c r="B96" t="s">
+        <v>448</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>216</v>
+      </c>
+      <c r="E96" t="s">
+        <v>88</v>
+      </c>
+      <c r="F96" t="s">
+        <v>205</v>
+      </c>
+      <c r="G96" t="s">
+        <v>90</v>
+      </c>
+      <c r="H96">
+        <v>1994</v>
+      </c>
+      <c r="I96">
+        <v>2003</v>
+      </c>
+      <c r="J96" t="s">
         <v>23</v>
       </c>
-      <c r="N94" t="s">
-[...77 lines deleted...]
-      </c>
       <c r="K96" t="s">
-        <v>268</v>
+        <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>22</v>
+        <v>377</v>
       </c>
       <c r="M96" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N96" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>449</v>
+      </c>
+      <c r="P96" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>321</v>
+        <v>450</v>
       </c>
       <c r="B97" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="C97" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D97" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="E97" t="s">
-        <v>159</v>
+        <v>88</v>
       </c>
       <c r="F97" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>205</v>
+      </c>
+      <c r="G97" t="s">
+        <v>90</v>
       </c>
       <c r="H97">
         <v>2010</v>
       </c>
-      <c r="I97" t="s">
-        <v>71</v>
+      <c r="I97">
+        <v>2010</v>
       </c>
       <c r="J97" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K97" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="M97" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N97" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>451</v>
+      </c>
+      <c r="P97" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>323</v>
+        <v>452</v>
       </c>
       <c r="B98" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="C98" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="D98" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="E98" t="s">
-        <v>159</v>
+        <v>88</v>
       </c>
       <c r="F98" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>205</v>
+      </c>
+      <c r="G98" t="s">
+        <v>90</v>
       </c>
       <c r="H98">
         <v>2012</v>
       </c>
-      <c r="I98" t="s">
-        <v>20</v>
+      <c r="I98">
+        <v>2012</v>
       </c>
       <c r="J98" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L98" t="s">
+        <v>23</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>25</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>453</v>
+      </c>
+      <c r="P98" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>454</v>
+      </c>
+      <c r="B99" t="s">
+        <v>101</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>102</v>
+      </c>
+      <c r="E99" t="s">
+        <v>88</v>
+      </c>
+      <c r="F99" t="s">
+        <v>205</v>
+      </c>
+      <c r="G99" t="s">
         <v>22</v>
       </c>
-      <c r="M98" t="s">
+      <c r="H99">
+        <v>2009</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
         <v>23</v>
       </c>
-      <c r="N98" t="s">
-[...22 lines deleted...]
-      <c r="G99">
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>104</v>
+      </c>
+      <c r="M99" t="s">
+        <v>25</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>455</v>
+      </c>
+      <c r="P99" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>456</v>
+      </c>
+      <c r="B100" t="s">
+        <v>457</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>145</v>
+      </c>
+      <c r="E100" t="s">
+        <v>88</v>
+      </c>
+      <c r="F100" t="s">
+        <v>205</v>
+      </c>
+      <c r="G100" t="s">
+        <v>90</v>
+      </c>
+      <c r="H100">
+        <v>2002</v>
+      </c>
+      <c r="I100">
+        <v>2007</v>
+      </c>
+      <c r="J100" t="s">
+        <v>23</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>146</v>
+      </c>
+      <c r="M100" t="s">
+        <v>25</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>458</v>
+      </c>
+      <c r="P100" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>459</v>
+      </c>
+      <c r="B101" t="s">
+        <v>149</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>150</v>
+      </c>
+      <c r="E101" t="s">
+        <v>88</v>
+      </c>
+      <c r="F101" t="s">
+        <v>205</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
         <v>2009</v>
       </c>
-      <c r="H99"/>
-[...9 lines deleted...]
-      <c r="L99" t="s">
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>91</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>151</v>
+      </c>
+      <c r="M101" t="s">
+        <v>25</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>460</v>
+      </c>
+      <c r="P101" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>461</v>
+      </c>
+      <c r="B102" t="s">
+        <v>462</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>163</v>
+      </c>
+      <c r="E102" t="s">
+        <v>88</v>
+      </c>
+      <c r="F102" t="s">
+        <v>205</v>
+      </c>
+      <c r="G102" t="s">
         <v>22</v>
       </c>
-      <c r="M99" t="s">
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
         <v>23</v>
       </c>
-      <c r="N99" t="s">
-[...10 lines deleted...]
-      <c r="C100" t="s">
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>25</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>463</v>
+      </c>
+      <c r="P102" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>464</v>
+      </c>
+      <c r="B103" t="s">
+        <v>465</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>466</v>
+      </c>
+      <c r="E103" t="s">
+        <v>88</v>
+      </c>
+      <c r="F103" t="s">
+        <v>205</v>
+      </c>
+      <c r="G103" t="s">
+        <v>90</v>
+      </c>
+      <c r="H103">
+        <v>2011</v>
+      </c>
+      <c r="I103">
+        <v>2015</v>
+      </c>
+      <c r="J103" t="s">
+        <v>23</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>25</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>467</v>
+      </c>
+      <c r="P103" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>468</v>
+      </c>
+      <c r="B104" t="s">
         <v>112</v>
       </c>
-      <c r="D100" t="s">
-[...20 lines deleted...]
-      <c r="K100" t="s">
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
         <v>113</v>
       </c>
-      <c r="L100" t="s">
-[...145 lines deleted...]
-      </c>
       <c r="E104" t="s">
-        <v>159</v>
+        <v>88</v>
       </c>
       <c r="F104" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>205</v>
+      </c>
+      <c r="G104" t="s">
+        <v>90</v>
       </c>
       <c r="H104">
         <v>2012</v>
       </c>
-      <c r="I104" t="s">
+      <c r="I104">
+        <v>2012</v>
+      </c>
+      <c r="J104" t="s">
+        <v>114</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>25</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>469</v>
+      </c>
+      <c r="P104" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>470</v>
+      </c>
+      <c r="B105" t="s">
+        <v>471</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>472</v>
+      </c>
+      <c r="E105" t="s">
         <v>88</v>
       </c>
-      <c r="J104" t="s">
-[...3 lines deleted...]
-      <c r="L104" t="s">
+      <c r="F105" t="s">
+        <v>205</v>
+      </c>
+      <c r="G105" t="s">
+        <v>291</v>
+      </c>
+      <c r="H105">
+        <v>2012</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>473</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>474</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>475</v>
+      </c>
+      <c r="P105" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>477</v>
+      </c>
+      <c r="B106" t="s">
+        <v>154</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>478</v>
+      </c>
+      <c r="E106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F106" t="s">
+        <v>205</v>
+      </c>
+      <c r="G106" t="s">
+        <v>90</v>
+      </c>
+      <c r="H106">
+        <v>1994</v>
+      </c>
+      <c r="I106">
+        <v>2003</v>
+      </c>
+      <c r="J106" t="s">
+        <v>91</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>25</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>479</v>
+      </c>
+      <c r="P106" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>480</v>
+      </c>
+      <c r="B107" t="s">
+        <v>481</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>216</v>
+      </c>
+      <c r="E107" t="s">
+        <v>88</v>
+      </c>
+      <c r="F107" t="s">
+        <v>205</v>
+      </c>
+      <c r="G107" t="s">
+        <v>90</v>
+      </c>
+      <c r="H107">
+        <v>1994</v>
+      </c>
+      <c r="I107">
+        <v>2004</v>
+      </c>
+      <c r="J107" t="s">
+        <v>23</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>482</v>
+      </c>
+      <c r="M107" t="s">
+        <v>25</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>483</v>
+      </c>
+      <c r="P107" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>484</v>
+      </c>
+      <c r="B108" t="s">
+        <v>158</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>159</v>
+      </c>
+      <c r="E108" t="s">
+        <v>88</v>
+      </c>
+      <c r="F108" t="s">
+        <v>205</v>
+      </c>
+      <c r="G108" t="s">
+        <v>90</v>
+      </c>
+      <c r="H108">
+        <v>2004</v>
+      </c>
+      <c r="I108">
+        <v>2010</v>
+      </c>
+      <c r="J108" t="s">
+        <v>91</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>25</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
+        <v>485</v>
+      </c>
+      <c r="P108" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>486</v>
+      </c>
+      <c r="B109" t="s">
+        <v>128</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>129</v>
+      </c>
+      <c r="E109" t="s">
+        <v>88</v>
+      </c>
+      <c r="F109" t="s">
+        <v>205</v>
+      </c>
+      <c r="G109" t="s">
+        <v>90</v>
+      </c>
+      <c r="H109">
+        <v>2010</v>
+      </c>
+      <c r="I109">
+        <v>2015</v>
+      </c>
+      <c r="J109" t="s">
+        <v>23</v>
+      </c>
+      <c r="K109" t="s">
+        <v>130</v>
+      </c>
+      <c r="L109" t="s">
+        <v>131</v>
+      </c>
+      <c r="M109" t="s">
+        <v>25</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>487</v>
+      </c>
+      <c r="P109" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>488</v>
+      </c>
+      <c r="B110" t="s">
+        <v>489</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>108</v>
+      </c>
+      <c r="E110" t="s">
+        <v>88</v>
+      </c>
+      <c r="F110" t="s">
+        <v>205</v>
+      </c>
+      <c r="G110" t="s">
+        <v>90</v>
+      </c>
+      <c r="H110">
+        <v>2002</v>
+      </c>
+      <c r="I110">
+        <v>2006</v>
+      </c>
+      <c r="J110" t="s">
+        <v>23</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>109</v>
+      </c>
+      <c r="M110" t="s">
+        <v>25</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>490</v>
+      </c>
+      <c r="P110" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>491</v>
+      </c>
+      <c r="B111" t="s">
+        <v>162</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>163</v>
+      </c>
+      <c r="E111" t="s">
+        <v>88</v>
+      </c>
+      <c r="F111" t="s">
+        <v>205</v>
+      </c>
+      <c r="G111" t="s">
+        <v>90</v>
+      </c>
+      <c r="H111">
+        <v>2001</v>
+      </c>
+      <c r="I111">
+        <v>2010</v>
+      </c>
+      <c r="J111" t="s">
+        <v>23</v>
+      </c>
+      <c r="K111" t="s">
+        <v>130</v>
+      </c>
+      <c r="L111" t="s">
+        <v>164</v>
+      </c>
+      <c r="M111" t="s">
+        <v>25</v>
+      </c>
+      <c r="N111" t="s">
+        <v>26</v>
+      </c>
+      <c r="O111" t="s">
+        <v>492</v>
+      </c>
+      <c r="P111" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>493</v>
+      </c>
+      <c r="B112" t="s">
+        <v>167</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>168</v>
+      </c>
+      <c r="E112" t="s">
+        <v>88</v>
+      </c>
+      <c r="F112" t="s">
+        <v>205</v>
+      </c>
+      <c r="G112" t="s">
+        <v>90</v>
+      </c>
+      <c r="H112">
+        <v>2009</v>
+      </c>
+      <c r="I112">
+        <v>2014</v>
+      </c>
+      <c r="J112" t="s">
+        <v>91</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>169</v>
+      </c>
+      <c r="M112" t="s">
+        <v>25</v>
+      </c>
+      <c r="N112" t="s">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>494</v>
+      </c>
+      <c r="P112" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>496</v>
+      </c>
+      <c r="B113" t="s">
+        <v>497</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>176</v>
+      </c>
+      <c r="E113" t="s">
+        <v>88</v>
+      </c>
+      <c r="F113" t="s">
+        <v>205</v>
+      </c>
+      <c r="G113" t="s">
         <v>22</v>
       </c>
-      <c r="M104" t="s">
+      <c r="H113">
+        <v>2004</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>91</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>177</v>
+      </c>
+      <c r="M113" t="s">
+        <v>25</v>
+      </c>
+      <c r="N113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113" t="s">
+        <v>498</v>
+      </c>
+      <c r="P113" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>499</v>
+      </c>
+      <c r="B114" t="s">
+        <v>500</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>501</v>
+      </c>
+      <c r="E114" t="s">
+        <v>88</v>
+      </c>
+      <c r="F114" t="s">
+        <v>205</v>
+      </c>
+      <c r="G114" t="s">
+        <v>90</v>
+      </c>
+      <c r="H114">
+        <v>2010</v>
+      </c>
+      <c r="I114">
+        <v>2012</v>
+      </c>
+      <c r="J114" t="s">
+        <v>91</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>25</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>502</v>
+      </c>
+      <c r="P114" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>503</v>
+      </c>
+      <c r="B115" t="s">
+        <v>504</v>
+      </c>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>140</v>
+      </c>
+      <c r="E115" t="s">
+        <v>88</v>
+      </c>
+      <c r="F115" t="s">
+        <v>205</v>
+      </c>
+      <c r="G115" t="s">
+        <v>90</v>
+      </c>
+      <c r="H115">
+        <v>1992</v>
+      </c>
+      <c r="I115">
+        <v>2004</v>
+      </c>
+      <c r="J115" t="s">
+        <v>91</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>141</v>
+      </c>
+      <c r="M115" t="s">
+        <v>25</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>505</v>
+      </c>
+      <c r="P115" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>507</v>
+      </c>
+      <c r="B116" t="s">
+        <v>508</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>79</v>
+      </c>
+      <c r="E116" t="s">
+        <v>88</v>
+      </c>
+      <c r="F116" t="s">
+        <v>205</v>
+      </c>
+      <c r="G116" t="s">
+        <v>90</v>
+      </c>
+      <c r="H116">
+        <v>2015</v>
+      </c>
+      <c r="I116">
+        <v>2019</v>
+      </c>
+      <c r="J116" t="s">
+        <v>473</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>474</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116" t="s">
+        <v>509</v>
+      </c>
+      <c r="P116" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>511</v>
+      </c>
+      <c r="B117" t="s">
+        <v>78</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>79</v>
+      </c>
+      <c r="E117" t="s">
+        <v>88</v>
+      </c>
+      <c r="F117" t="s">
+        <v>205</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2015</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
         <v>23</v>
       </c>
-      <c r="N104" t="s">
-[...178 lines deleted...]
-      <c r="C109" t="s">
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>25</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>512</v>
+      </c>
+      <c r="P117" t="s">
         <v>99</v>
       </c>
-      <c r="D109" t="s">
-[...40 lines deleted...]
-      <c r="C110" t="s">
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>513</v>
+      </c>
+      <c r="B118" t="s">
+        <v>514</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
         <v>83</v>
       </c>
-      <c r="D110" t="s">
-[...343 lines deleted...]
-      </c>
       <c r="E118" t="s">
-        <v>159</v>
+        <v>88</v>
       </c>
       <c r="F118" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>205</v>
+      </c>
+      <c r="G118" t="s">
+        <v>90</v>
       </c>
       <c r="H118">
         <v>2012</v>
       </c>
-      <c r="I118" t="s">
+      <c r="I118">
+        <v>2012</v>
+      </c>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>25</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
+        <v>515</v>
+      </c>
+      <c r="P118" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>516</v>
+      </c>
+      <c r="B119" t="s">
+        <v>517</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>334</v>
+      </c>
+      <c r="E119" t="s">
+        <v>88</v>
+      </c>
+      <c r="F119" t="s">
+        <v>205</v>
+      </c>
+      <c r="G119" t="s">
+        <v>90</v>
+      </c>
+      <c r="H119">
+        <v>2012</v>
+      </c>
+      <c r="I119">
+        <v>2016</v>
+      </c>
+      <c r="J119" t="s">
+        <v>23</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>25</v>
+      </c>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119" t="s">
+        <v>518</v>
+      </c>
+      <c r="P119" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>516</v>
+      </c>
+      <c r="B120" t="s">
+        <v>519</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
+        <v>334</v>
+      </c>
+      <c r="E120" t="s">
+        <v>88</v>
+      </c>
+      <c r="F120" t="s">
+        <v>205</v>
+      </c>
+      <c r="G120" t="s">
+        <v>90</v>
+      </c>
+      <c r="H120">
+        <v>2012</v>
+      </c>
+      <c r="I120">
+        <v>2015</v>
+      </c>
+      <c r="J120" t="s">
+        <v>23</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>25</v>
+      </c>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>520</v>
+      </c>
+      <c r="P120" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>521</v>
+      </c>
+      <c r="B121" t="s">
+        <v>522</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
+        <v>189</v>
+      </c>
+      <c r="E121" t="s">
+        <v>88</v>
+      </c>
+      <c r="F121" t="s">
+        <v>205</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2009</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>23</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>190</v>
+      </c>
+      <c r="M121" t="s">
+        <v>25</v>
+      </c>
+      <c r="N121" t="s">
+        <v>26</v>
+      </c>
+      <c r="O121" t="s">
+        <v>523</v>
+      </c>
+      <c r="P121" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>524</v>
+      </c>
+      <c r="B122" t="s">
+        <v>525</v>
+      </c>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>108</v>
+      </c>
+      <c r="E122" t="s">
+        <v>88</v>
+      </c>
+      <c r="F122" t="s">
+        <v>205</v>
+      </c>
+      <c r="G122" t="s">
+        <v>90</v>
+      </c>
+      <c r="H122">
+        <v>2002</v>
+      </c>
+      <c r="I122">
+        <v>2004</v>
+      </c>
+      <c r="J122" t="s">
+        <v>23</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>109</v>
+      </c>
+      <c r="M122" t="s">
+        <v>25</v>
+      </c>
+      <c r="N122" t="s">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>526</v>
+      </c>
+      <c r="P122" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>527</v>
+      </c>
+      <c r="B123" t="s">
+        <v>528</v>
+      </c>
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
+        <v>108</v>
+      </c>
+      <c r="E123" t="s">
         <v>20</v>
       </c>
-      <c r="J118" t="s">
+      <c r="F123" t="s">
         <v>21</v>
       </c>
-      <c r="K118"/>
-[...200 lines deleted...]
-        <v>2012</v>
+      <c r="G123" t="s">
+        <v>90</v>
       </c>
       <c r="H123">
         <v>2012</v>
       </c>
-      <c r="I123" t="s">
+      <c r="I123">
+        <v>2012</v>
+      </c>
+      <c r="J123" t="s">
+        <v>23</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>25</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>529</v>
+      </c>
+      <c r="P123" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>527</v>
+      </c>
+      <c r="B124" t="s">
+        <v>83</v>
+      </c>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>83</v>
+      </c>
+      <c r="E124" t="s">
         <v>20</v>
       </c>
-      <c r="J123" t="s">
+      <c r="F124" t="s">
         <v>21</v>
       </c>
-      <c r="K123"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G124" t="s">
+        <v>90</v>
       </c>
       <c r="H124">
         <v>2012</v>
       </c>
-      <c r="I124" t="s">
+      <c r="I124">
+        <v>2012</v>
+      </c>
+      <c r="J124" t="s">
+        <v>23</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>25</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>530</v>
+      </c>
+      <c r="P124" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>531</v>
+      </c>
+      <c r="B125" t="s">
+        <v>532</v>
+      </c>
+      <c r="C125" t="s">
+        <v>194</v>
+      </c>
+      <c r="D125" t="s">
+        <v>533</v>
+      </c>
+      <c r="E125" t="s">
         <v>20</v>
       </c>
-      <c r="J124" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F125" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="G125">
+        <v>89</v>
+      </c>
+      <c r="G125" t="s">
+        <v>90</v>
+      </c>
+      <c r="H125">
         <v>2015</v>
       </c>
-      <c r="H125">
+      <c r="I125">
         <v>2016</v>
       </c>
-      <c r="I125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J125" t="s">
-        <v>292</v>
+        <v>409</v>
       </c>
       <c r="K125" t="s">
-        <v>385</v>
+        <v>410</v>
       </c>
       <c r="L125" t="s">
-        <v>386</v>
+        <v>534</v>
       </c>
       <c r="M125" t="s">
-        <v>295</v>
+        <v>535</v>
       </c>
       <c r="N125" t="s">
-        <v>387</v>
+        <v>413</v>
+      </c>
+      <c r="O125" t="s">
+        <v>536</v>
+      </c>
+      <c r="P125" t="s">
+        <v>537</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>