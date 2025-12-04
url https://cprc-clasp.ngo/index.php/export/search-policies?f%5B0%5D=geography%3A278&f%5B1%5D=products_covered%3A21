--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,215 +12,246 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -484,327 +515,360 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="98" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="146" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1989</v>
+      </c>
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>33</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>1989</v>
       </c>
-      <c r="H2">
-[...8 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...116 lines deleted...]
-      <c r="G5">
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2016</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="L5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="M5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="N5" t="s">
-        <v>41</v>
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>