--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,167 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,195 +449,210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="146" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="58.843" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2004</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2012</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>