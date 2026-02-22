--- v0 (2025-12-13)
+++ v1 (2026-02-22)
@@ -3105,51 +3105,51 @@
       </c>
       <c r="P36" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>193</v>
       </c>
       <c r="B37" t="s">
         <v>194</v>
       </c>
       <c r="C37" t="s">
         <v>107</v>
       </c>
       <c r="D37" t="s">
         <v>195</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37">
         <v>2024</v>
       </c>
       <c r="J37" t="s">
         <v>196</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
         <v>197</v>
       </c>
       <c r="M37" t="s">
         <v>110</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>198</v>
       </c>