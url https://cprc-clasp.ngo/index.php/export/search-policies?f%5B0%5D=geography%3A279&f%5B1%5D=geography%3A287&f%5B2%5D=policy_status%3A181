--- v0 (2025-12-04)
+++ v1 (2026-02-05)
@@ -12,530 +12,515 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>BDS 101:1991 Electric boiling plates for domestic use</t>
-[...323 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>BDS 101:1991 Electric boiling plates for domestic use</t>
+  </si>
+  <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BDS 1139:1986</t>
+  </si>
+  <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
+  </si>
+  <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
+    <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
+  </si>
+  <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
+  </si>
+  <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
+    <t>BDS 1761:2013 (1st revision)</t>
+  </si>
+  <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>BDS 1724:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
+  </si>
+  <si>
+    <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
+  </si>
+  <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
+    <t>BDS IEC 60081:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
+  </si>
+  <si>
+    <t>BDS 1849:2012</t>
+  </si>
+  <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
+  </si>
+  <si>
+    <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
+    <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
+  </si>
+  <si>
+    <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>BDS ISO 13253:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
+  </si>
+  <si>
+    <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>BDS ISO 5151:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
+  </si>
+  <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
+  </si>
+  <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
+  </si>
+  <si>
+    <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
+  </si>
+  <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
+  </si>
+  <si>
+    <t>BDS 290:1990 Portable electric radiator for domestic use</t>
+  </si>
+  <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
+    <t>Portable Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
+  </si>
+  <si>
+    <t>BDS 563:1965 Electrical performance of power transformers</t>
+  </si>
+  <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
   </si>
   <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
@@ -887,74 +872,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="481.168" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -986,1411 +971,1359 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>1991</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>1986</v>
-[...3 lines deleted...]
-      </c>
+        <v>1991</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>1986</v>
+      </c>
+      <c r="I4">
+        <v>2006</v>
+      </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
         <v>47</v>
       </c>
-      <c r="C6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H6">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I6">
         <v>2013</v>
       </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="M6" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2006</v>
       </c>
-      <c r="I7"/>
+      <c r="I7">
+        <v>2013</v>
+      </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="M8" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="P8" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
-      <c r="I9">
-[...1 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="M9" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="P9" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B10" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>67</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="G10" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2016</v>
       </c>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="M10" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="P10" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B11" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
-      <c r="I11"/>
+      <c r="I11">
+        <v>2016</v>
+      </c>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M11" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="P11" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H12">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="I12">
         <v>2012</v>
       </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>83</v>
+      </c>
       <c r="M12" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="P12" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>1990</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>1998</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="P13" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B14" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H14">
         <v>1990</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="P14" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B15" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H15">
         <v>1990</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="P15" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B16" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H16">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="P16" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B17" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C17" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H17">
-        <v>2023</v>
+        <v>2012</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>101</v>
+        <v>37</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="P17" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C18" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>107</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H18">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I18">
         <v>2023</v>
       </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="P18" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B19" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C19" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>111</v>
+        <v>82</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19">
         <v>2023</v>
       </c>
-      <c r="I19"/>
       <c r="J19" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="P19" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B20" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C20" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H20">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>119</v>
+      </c>
+      <c r="P20" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B21" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C21" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>118</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21">
         <v>2024</v>
       </c>
-      <c r="I21">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="P21" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B22" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C22" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
-      <c r="H22">
-[...2 lines deleted...]
-      <c r="I22"/>
+      <c r="H22"/>
+      <c r="I22">
+        <v>2024</v>
+      </c>
       <c r="J22" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="P22" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B23" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C23" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H23">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P23" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>131</v>
       </c>
       <c r="B24" t="s">
         <v>132</v>
       </c>
       <c r="C24" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>133</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>134</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>135</v>
       </c>
       <c r="M24" t="s">
         <v>136</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>137</v>
       </c>
       <c r="P24" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>139</v>
       </c>
       <c r="B25" t="s">
         <v>140</v>
       </c>
       <c r="C25" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="H25">
         <v>2021</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>134</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M25" t="s">
         <v>136</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P25" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C26" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>134</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="M26" t="s">
         <v>136</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P26" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B27" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C27" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>134</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>136</v>
+        <v>26</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>154</v>
       </c>
       <c r="P27" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>156</v>
       </c>
       <c r="B28" t="s">
         <v>157</v>
       </c>
       <c r="C28" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>158</v>
+        <v>82</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I28"/>
+        <v>2015</v>
+      </c>
+      <c r="I28">
+        <v>2018</v>
+      </c>
       <c r="J28" t="s">
         <v>134</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>158</v>
+      </c>
       <c r="M28" t="s">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>159</v>
       </c>
       <c r="P28" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>161</v>
       </c>
       <c r="B29" t="s">
         <v>162</v>
       </c>
       <c r="C29" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>73</v>
+        <v>163</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="G29" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I29">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J29" t="s">
         <v>134</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M29" t="s">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P29" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      <c r="A30" t="s">
         <v>166</v>
-      </c>
-[...43 lines deleted...]
-        <v>171</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">