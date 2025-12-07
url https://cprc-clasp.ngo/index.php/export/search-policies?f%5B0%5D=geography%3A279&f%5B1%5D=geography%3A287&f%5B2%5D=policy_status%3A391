--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,311 +12,384 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>December 2020</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
-[...2 lines deleted...]
-    <t>Indonesia</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
+  </si>
+  <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -580,667 +653,744 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="481.168" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1986</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2006</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...159 lines deleted...]
-        <v>1998</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1998</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-      <c r="L6" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2023</v>
+      </c>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...18 lines deleted...]
-      <c r="G7">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>64</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>65</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>79</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2015</v>
       </c>
-      <c r="H7">
-[...15 lines deleted...]
-      <c r="N7" t="s">
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>80</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>48</v>
       </c>
-    </row>
-[...233 lines deleted...]
-      <c r="G13">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2013</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2016</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="K13" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>59</v>
+        <v>93</v>
       </c>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
-        <v>73</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>