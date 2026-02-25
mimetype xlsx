--- v0 (2025-12-14)
+++ v1 (2026-02-25)
@@ -3579,51 +3579,51 @@
       </c>
       <c r="P43" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>240</v>
       </c>
       <c r="B44" t="s">
         <v>241</v>
       </c>
       <c r="C44" t="s">
         <v>98</v>
       </c>
       <c r="D44" t="s">
         <v>130</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>68</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44">
         <v>2024</v>
       </c>
       <c r="J44" t="s">
         <v>242</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>243</v>
       </c>
       <c r="M44" t="s">
         <v>101</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
         <v>244</v>
       </c>