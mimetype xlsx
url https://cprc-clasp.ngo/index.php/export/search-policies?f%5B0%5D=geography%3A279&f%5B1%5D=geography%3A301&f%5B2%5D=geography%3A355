--- v0 (2025-12-10)
+++ v1 (2026-02-22)
@@ -9351,51 +9351,51 @@
       </c>
       <c r="P129" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
         <v>644</v>
       </c>
       <c r="B130" t="s">
         <v>645</v>
       </c>
       <c r="C130" t="s">
         <v>111</v>
       </c>
       <c r="D130" t="s">
         <v>646</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>68</v>
       </c>
       <c r="G130" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H130">
         <v>2021</v>
       </c>
       <c r="I130">
         <v>2024</v>
       </c>
       <c r="J130" t="s">
         <v>647</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
         <v>648</v>
       </c>
       <c r="M130" t="s">
         <v>114</v>
       </c>
       <c r="N130" t="s">
         <v>26</v>
       </c>
       <c r="O130" t="s">
         <v>649</v>
       </c>