--- v0 (2025-12-11)
+++ v1 (2026-02-28)
@@ -5399,51 +5399,51 @@
       </c>
       <c r="P46" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>274</v>
       </c>
       <c r="B47" t="s">
         <v>275</v>
       </c>
       <c r="C47" t="s">
         <v>98</v>
       </c>
       <c r="D47" t="s">
         <v>276</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>68</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H47">
         <v>2021</v>
       </c>
       <c r="I47">
         <v>2024</v>
       </c>
       <c r="J47" t="s">
         <v>277</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
         <v>278</v>
       </c>
       <c r="M47" t="s">
         <v>101</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
         <v>279</v>
       </c>