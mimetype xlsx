--- v0 (2025-12-05)
+++ v1 (2026-03-01)
@@ -2417,51 +2417,51 @@
       </c>
       <c r="P26" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>148</v>
       </c>
       <c r="B27" t="s">
         <v>149</v>
       </c>
       <c r="C27" t="s">
         <v>114</v>
       </c>
       <c r="D27" t="s">
         <v>150</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>84</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27">
         <v>2024</v>
       </c>
       <c r="J27" t="s">
         <v>151</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
         <v>152</v>
       </c>
       <c r="M27" t="s">
         <v>117</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
         <v>153</v>
       </c>