--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,719 +12,900 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
-    <t>BDS 1734:2003</t>
-[...4 lines deleted...]
-  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-motor-policy</t>
   </si>
   <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -988,2429 +1169,2762 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N55"/>
+  <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="170" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="170.958" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="481.168" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1991</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>1986</v>
+      </c>
+      <c r="I3">
+        <v>2006</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...11 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...69 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>37</v>
       </c>
-      <c r="L5" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>53</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...9 lines deleted...]
-      <c r="J6" t="s">
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>39</v>
       </c>
-      <c r="L6" t="s">
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>68</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>69</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...16 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...9 lines deleted...]
-      <c r="J7" t="s">
+      <c r="D12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>79</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>82</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H13">
+        <v>1990</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...16 lines deleted...]
-      <c r="E8" t="s">
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8">
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1990</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1990</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>91</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2012</v>
       </c>
-      <c r="H8"/>
-[...12 lines deleted...]
-      <c r="M8" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-[...104 lines deleted...]
-      <c r="E11" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>95</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
-      </c>
-[...236 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
       <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17" t="s">
+        <v>39</v>
+      </c>
+      <c r="G17" t="s">
+        <v>98</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>58</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>99</v>
+      </c>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>100</v>
+      </c>
+      <c r="P17" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>101</v>
+      </c>
+      <c r="B18" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>103</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
+        <v>98</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>58</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>104</v>
+      </c>
+      <c r="P18" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>105</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G19" t="s">
+        <v>98</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>58</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>108</v>
+      </c>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>109</v>
+      </c>
+      <c r="P19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>110</v>
+      </c>
+      <c r="B20" t="s">
+        <v>111</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>112</v>
+      </c>
+      <c r="E20" t="s">
+        <v>38</v>
+      </c>
+      <c r="F20" t="s">
+        <v>39</v>
+      </c>
+      <c r="G20" t="s">
+        <v>98</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>58</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>113</v>
+      </c>
+      <c r="P20" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>114</v>
+      </c>
+      <c r="B21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" t="s">
+        <v>38</v>
+      </c>
+      <c r="F21" t="s">
+        <v>39</v>
+      </c>
+      <c r="G21" t="s">
+        <v>98</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>58</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>117</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>118</v>
+      </c>
+      <c r="P21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>119</v>
+      </c>
+      <c r="B22" t="s">
+        <v>120</v>
+      </c>
+      <c r="C22" t="s">
+        <v>121</v>
+      </c>
+      <c r="D22" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>68</v>
+      </c>
+      <c r="G22" t="s">
         <v>32</v>
       </c>
-      <c r="F17" t="s">
-[...7 lines deleted...]
-      <c r="J17" t="s">
+      <c r="H22">
+        <v>1998</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>122</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>123</v>
+      </c>
+      <c r="M22" t="s">
+        <v>124</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>125</v>
+      </c>
+      <c r="P22" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>127</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23" t="s">
+        <v>129</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" t="s">
+        <v>32</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2010</v>
+      </c>
+      <c r="J23" t="s">
+        <v>122</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>130</v>
+      </c>
+      <c r="M23" t="s">
+        <v>124</v>
+      </c>
+      <c r="N23" t="s">
+        <v>131</v>
+      </c>
+      <c r="O23" t="s">
+        <v>132</v>
+      </c>
+      <c r="P23" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" t="s">
+        <v>121</v>
+      </c>
+      <c r="D24" t="s">
+        <v>135</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>68</v>
+      </c>
+      <c r="G24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24">
+        <v>2008</v>
+      </c>
+      <c r="J24" t="s">
+        <v>122</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>136</v>
+      </c>
+      <c r="M24" t="s">
+        <v>124</v>
+      </c>
+      <c r="N24" t="s">
+        <v>131</v>
+      </c>
+      <c r="O24" t="s">
+        <v>137</v>
+      </c>
+      <c r="P24" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>138</v>
+      </c>
+      <c r="B25" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" t="s">
+        <v>121</v>
+      </c>
+      <c r="D25" t="s">
+        <v>73</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...2 lines deleted...]
-      <c r="L17" t="s">
+      <c r="G25" t="s">
+        <v>32</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2006</v>
+      </c>
+      <c r="J25" t="s">
+        <v>122</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>140</v>
+      </c>
+      <c r="M25" t="s">
+        <v>124</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>141</v>
+      </c>
+      <c r="P25" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>142</v>
+      </c>
+      <c r="B26" t="s">
+        <v>143</v>
+      </c>
+      <c r="C26" t="s">
+        <v>121</v>
+      </c>
+      <c r="D26" t="s">
+        <v>144</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>68</v>
+      </c>
+      <c r="G26" t="s">
+        <v>32</v>
+      </c>
+      <c r="H26">
+        <v>2007</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>122</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>145</v>
+      </c>
+      <c r="M26" t="s">
+        <v>124</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>146</v>
+      </c>
+      <c r="P26" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>147</v>
+      </c>
+      <c r="B27" t="s">
+        <v>148</v>
+      </c>
+      <c r="C27" t="s">
+        <v>121</v>
+      </c>
+      <c r="D27" t="s">
+        <v>73</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>39</v>
+      </c>
+      <c r="G27" t="s">
         <v>22</v>
       </c>
-      <c r="M17" t="s">
-[...19 lines deleted...]
-      <c r="E18" t="s">
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>122</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>124</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>149</v>
+      </c>
+      <c r="P27" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>150</v>
+      </c>
+      <c r="B28" t="s">
+        <v>151</v>
+      </c>
+      <c r="C28" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" t="s">
+        <v>152</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>68</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>122</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>153</v>
+      </c>
+      <c r="M28" t="s">
+        <v>124</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>154</v>
+      </c>
+      <c r="P28" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>155</v>
+      </c>
+      <c r="B29" t="s">
+        <v>156</v>
+      </c>
+      <c r="C29" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" t="s">
+        <v>157</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>68</v>
+      </c>
+      <c r="G29" t="s">
         <v>32</v>
       </c>
-      <c r="F18" t="s">
-[...7 lines deleted...]
-      <c r="J18" t="s">
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2010</v>
+      </c>
+      <c r="J29" t="s">
+        <v>122</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>158</v>
+      </c>
+      <c r="M29" t="s">
+        <v>124</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>159</v>
+      </c>
+      <c r="P29" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>160</v>
+      </c>
+      <c r="B30" t="s">
+        <v>161</v>
+      </c>
+      <c r="C30" t="s">
+        <v>121</v>
+      </c>
+      <c r="D30" t="s">
+        <v>162</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>68</v>
+      </c>
+      <c r="G30" t="s">
+        <v>32</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>122</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>163</v>
+      </c>
+      <c r="M30" t="s">
+        <v>124</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>164</v>
+      </c>
+      <c r="P30" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>165</v>
+      </c>
+      <c r="B31" t="s">
+        <v>166</v>
+      </c>
+      <c r="C31" t="s">
+        <v>121</v>
+      </c>
+      <c r="D31" t="s">
+        <v>48</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>68</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>122</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>167</v>
+      </c>
+      <c r="M31" t="s">
+        <v>124</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>168</v>
+      </c>
+      <c r="P31" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>169</v>
+      </c>
+      <c r="B32" t="s">
+        <v>170</v>
+      </c>
+      <c r="C32" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32" t="s">
+        <v>171</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K18"/>
-      <c r="L18" t="s">
+      <c r="G32" t="s">
         <v>22</v>
       </c>
-      <c r="M18" t="s">
-[...19 lines deleted...]
-      <c r="E19" t="s">
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>122</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>172</v>
+      </c>
+      <c r="M32" t="s">
+        <v>124</v>
+      </c>
+      <c r="N32" t="s">
+        <v>131</v>
+      </c>
+      <c r="O32" t="s">
+        <v>173</v>
+      </c>
+      <c r="P32" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>174</v>
+      </c>
+      <c r="B33" t="s">
+        <v>175</v>
+      </c>
+      <c r="C33" t="s">
+        <v>121</v>
+      </c>
+      <c r="D33" t="s">
+        <v>176</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>68</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>122</v>
+      </c>
+      <c r="K33" t="s">
+        <v>177</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>124</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>178</v>
+      </c>
+      <c r="P33" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>179</v>
+      </c>
+      <c r="B34" t="s">
+        <v>180</v>
+      </c>
+      <c r="C34" t="s">
+        <v>121</v>
+      </c>
+      <c r="D34" t="s">
+        <v>181</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>39</v>
+      </c>
+      <c r="G34" t="s">
         <v>32</v>
-      </c>
-[...636 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H34">
         <v>2002</v>
       </c>
-      <c r="I34" t="s">
-        <v>96</v>
+      <c r="I34">
+        <v>2002</v>
       </c>
       <c r="J34" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="K34" t="s">
-        <v>143</v>
+        <v>177</v>
       </c>
       <c r="L34" t="s">
-        <v>98</v>
+        <v>182</v>
       </c>
       <c r="M34" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="N34" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>183</v>
+      </c>
+      <c r="P34" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>145</v>
+        <v>184</v>
       </c>
       <c r="B35" t="s">
-        <v>95</v>
+        <v>185</v>
       </c>
       <c r="C35" t="s">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>181</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>32</v>
+      </c>
+      <c r="H35">
         <v>1998</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2009</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="K35" t="s">
-        <v>146</v>
+        <v>177</v>
       </c>
       <c r="L35" t="s">
-        <v>98</v>
+        <v>186</v>
       </c>
       <c r="M35" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="N35" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>131</v>
+      </c>
+      <c r="O35" t="s">
+        <v>187</v>
+      </c>
+      <c r="P35" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>148</v>
+        <v>188</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>189</v>
       </c>
       <c r="C36" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>190</v>
       </c>
       <c r="E36" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>32</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
-      <c r="I36" t="s">
-        <v>96</v>
+      <c r="I36">
+        <v>2012</v>
       </c>
       <c r="J36" t="s">
+        <v>122</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>191</v>
+      </c>
+      <c r="M36" t="s">
+        <v>124</v>
+      </c>
+      <c r="N36" t="s">
+        <v>131</v>
+      </c>
+      <c r="O36" t="s">
+        <v>192</v>
+      </c>
+      <c r="P36" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>193</v>
+      </c>
+      <c r="B37" t="s">
+        <v>194</v>
+      </c>
+      <c r="C37" t="s">
+        <v>121</v>
+      </c>
+      <c r="D37" t="s">
+        <v>181</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>68</v>
+      </c>
+      <c r="G37" t="s">
+        <v>32</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>58</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>195</v>
+      </c>
+      <c r="M37" t="s">
+        <v>124</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>196</v>
+      </c>
+      <c r="P37" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>197</v>
+      </c>
+      <c r="B38" t="s">
+        <v>198</v>
+      </c>
+      <c r="C38" t="s">
+        <v>121</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K36" t="s">
-[...31 lines deleted...]
-      <c r="G37">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>122</v>
+      </c>
+      <c r="K38" t="s">
+        <v>177</v>
+      </c>
+      <c r="L38" t="s">
+        <v>199</v>
+      </c>
+      <c r="M38" t="s">
+        <v>124</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>200</v>
+      </c>
+      <c r="P38" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>201</v>
+      </c>
+      <c r="B39" t="s">
+        <v>202</v>
+      </c>
+      <c r="C39" t="s">
+        <v>121</v>
+      </c>
+      <c r="D39" t="s">
+        <v>181</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>32</v>
+      </c>
+      <c r="H39">
         <v>2011</v>
       </c>
-      <c r="H37">
-[...5 lines deleted...]
-      <c r="J37" t="s">
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>122</v>
+      </c>
+      <c r="K39" t="s">
+        <v>177</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>124</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>203</v>
+      </c>
+      <c r="P39" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>204</v>
+      </c>
+      <c r="B40" t="s">
+        <v>205</v>
+      </c>
+      <c r="C40" t="s">
+        <v>121</v>
+      </c>
+      <c r="D40" t="s">
+        <v>176</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>68</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>122</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>206</v>
+      </c>
+      <c r="M40" t="s">
+        <v>124</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>207</v>
+      </c>
+      <c r="P40" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>208</v>
+      </c>
+      <c r="B41" t="s">
+        <v>209</v>
+      </c>
+      <c r="C41" t="s">
+        <v>121</v>
+      </c>
+      <c r="D41" t="s">
+        <v>210</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K37" t="s">
-[...31 lines deleted...]
-      <c r="G38">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2013</v>
       </c>
-      <c r="H38"/>
-[...128 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="N41" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>211</v>
+      </c>
+      <c r="P41" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>166</v>
+        <v>212</v>
       </c>
       <c r="B42" t="s">
-        <v>95</v>
+        <v>213</v>
       </c>
       <c r="C42" t="s">
-        <v>65</v>
+        <v>121</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="E42" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>68</v>
+      </c>
+      <c r="G42" t="s">
+        <v>32</v>
+      </c>
+      <c r="H42">
         <v>2003</v>
       </c>
-      <c r="H42">
+      <c r="I42">
         <v>2010</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="K42" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="L42" t="s">
-        <v>98</v>
+        <v>214</v>
       </c>
       <c r="M42" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="N42" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>215</v>
+      </c>
+      <c r="P42" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>169</v>
+        <v>216</v>
       </c>
       <c r="B43" t="s">
-        <v>95</v>
+        <v>217</v>
       </c>
       <c r="C43" t="s">
-        <v>170</v>
+        <v>121</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="E43" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>68</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2002</v>
       </c>
-      <c r="H43"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="K43" t="s">
-        <v>171</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>98</v>
+        <v>219</v>
       </c>
       <c r="M43" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="N43" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>220</v>
+      </c>
+      <c r="P43" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>173</v>
+        <v>221</v>
       </c>
       <c r="B44" t="s">
-        <v>95</v>
+        <v>222</v>
       </c>
       <c r="C44" t="s">
-        <v>174</v>
+        <v>121</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>223</v>
       </c>
       <c r="E44" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>68</v>
+      </c>
+      <c r="G44" t="s">
+        <v>32</v>
       </c>
       <c r="H44">
         <v>2002</v>
       </c>
-      <c r="I44" t="s">
-        <v>96</v>
+      <c r="I44">
+        <v>2002</v>
       </c>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="K44" t="s">
-        <v>175</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>98</v>
+        <v>224</v>
       </c>
       <c r="M44" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="N44" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>225</v>
+      </c>
+      <c r="P44" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>226</v>
+      </c>
+      <c r="B45" t="s">
+        <v>227</v>
+      </c>
+      <c r="C45" t="s">
+        <v>121</v>
+      </c>
+      <c r="D45" t="s">
+        <v>228</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>68</v>
+      </c>
+      <c r="G45" t="s">
+        <v>32</v>
+      </c>
+      <c r="H45">
+        <v>1999</v>
+      </c>
+      <c r="I45">
+        <v>2009</v>
+      </c>
+      <c r="J45" t="s">
+        <v>122</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>229</v>
+      </c>
+      <c r="M45" t="s">
+        <v>124</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>230</v>
+      </c>
+      <c r="P45" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>231</v>
+      </c>
+      <c r="B46" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" t="s">
+        <v>121</v>
+      </c>
+      <c r="D46" t="s">
+        <v>37</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>68</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2004</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>122</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>233</v>
+      </c>
+      <c r="M46" t="s">
+        <v>124</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>234</v>
+      </c>
+      <c r="P46" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>235</v>
+      </c>
+      <c r="B47" t="s">
+        <v>236</v>
+      </c>
+      <c r="C47" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" t="s">
+        <v>73</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>68</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2002</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>122</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>237</v>
+      </c>
+      <c r="M47" t="s">
+        <v>124</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>238</v>
+      </c>
+      <c r="P47" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>239</v>
+      </c>
+      <c r="B48" t="s">
+        <v>240</v>
+      </c>
+      <c r="C48" t="s">
+        <v>121</v>
+      </c>
+      <c r="D48" t="s">
+        <v>181</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>39</v>
+      </c>
+      <c r="G48" t="s">
+        <v>32</v>
+      </c>
+      <c r="H48">
+        <v>2002</v>
+      </c>
+      <c r="I48">
+        <v>2010</v>
+      </c>
+      <c r="J48" t="s">
+        <v>122</v>
+      </c>
+      <c r="K48" t="s">
         <v>177</v>
       </c>
-      <c r="B45" t="s">
-[...40 lines deleted...]
-      <c r="A46" t="s">
+      <c r="L48" t="s">
+        <v>241</v>
+      </c>
+      <c r="M48" t="s">
+        <v>124</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>242</v>
+      </c>
+      <c r="P48" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>243</v>
+      </c>
+      <c r="B49" t="s">
+        <v>244</v>
+      </c>
+      <c r="C49" t="s">
+        <v>121</v>
+      </c>
+      <c r="D49" t="s">
         <v>181</v>
       </c>
-      <c r="B46" t="s">
-[...56 lines deleted...]
-      <c r="G47">
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>39</v>
+      </c>
+      <c r="G49" t="s">
+        <v>32</v>
+      </c>
+      <c r="H49">
         <v>2002</v>
       </c>
-      <c r="H47"/>
-[...32 lines deleted...]
-      <c r="E48" t="s">
+      <c r="I49">
+        <v>2012</v>
+      </c>
+      <c r="J49" t="s">
+        <v>122</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>124</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>245</v>
+      </c>
+      <c r="P49" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>246</v>
+      </c>
+      <c r="B50" t="s">
+        <v>247</v>
+      </c>
+      <c r="C50" t="s">
+        <v>121</v>
+      </c>
+      <c r="D50" t="s">
+        <v>112</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>68</v>
+      </c>
+      <c r="G50" t="s">
         <v>32</v>
-      </c>
-[...90 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H50">
         <v>2002</v>
       </c>
-      <c r="I50" t="s">
-        <v>96</v>
+      <c r="I50">
+        <v>2002</v>
       </c>
       <c r="J50" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="K50" t="s">
-        <v>193</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>98</v>
+        <v>248</v>
       </c>
       <c r="M50" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="N50" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>131</v>
+      </c>
+      <c r="O50" t="s">
+        <v>249</v>
+      </c>
+      <c r="P50" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>195</v>
+        <v>250</v>
       </c>
       <c r="B51" t="s">
-        <v>95</v>
+        <v>251</v>
       </c>
       <c r="C51" t="s">
-        <v>196</v>
+        <v>121</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>252</v>
       </c>
       <c r="E51" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>68</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2009</v>
       </c>
-      <c r="H51"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>158</v>
+      </c>
+      <c r="M51" t="s">
         <v>124</v>
       </c>
-      <c r="L51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N51" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>253</v>
+      </c>
+      <c r="P51" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>198</v>
+        <v>254</v>
       </c>
       <c r="B52" t="s">
-        <v>95</v>
+        <v>255</v>
       </c>
       <c r="C52" t="s">
-        <v>199</v>
+        <v>121</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>256</v>
       </c>
       <c r="E52" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>68</v>
+      </c>
+      <c r="G52" t="s">
+        <v>32</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
-      <c r="I52" t="s">
-        <v>96</v>
+      <c r="I52">
+        <v>2012</v>
       </c>
       <c r="J52" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="K52" t="s">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>98</v>
+        <v>257</v>
       </c>
       <c r="M52" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="N52" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>258</v>
+      </c>
+      <c r="P52" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>202</v>
+        <v>259</v>
       </c>
       <c r="B53" t="s">
-        <v>95</v>
+        <v>260</v>
       </c>
       <c r="C53" t="s">
+        <v>121</v>
+      </c>
+      <c r="D53" t="s">
+        <v>86</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>68</v>
       </c>
-      <c r="D53" t="s">
-[...9 lines deleted...]
-        <v>2012</v>
+      <c r="G53" t="s">
+        <v>32</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
-      <c r="I53" t="s">
-        <v>96</v>
+      <c r="I53">
+        <v>2012</v>
       </c>
       <c r="J53" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="N53" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>261</v>
+      </c>
+      <c r="P53" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>204</v>
+        <v>262</v>
       </c>
       <c r="B54" t="s">
-        <v>95</v>
+        <v>263</v>
       </c>
       <c r="C54" t="s">
-        <v>26</v>
+        <v>121</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E54" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>68</v>
+      </c>
+      <c r="G54" t="s">
+        <v>32</v>
       </c>
       <c r="H54">
         <v>2012</v>
       </c>
-      <c r="I54" t="s">
-        <v>96</v>
+      <c r="I54">
+        <v>2012</v>
       </c>
       <c r="J54" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="N54" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>264</v>
+      </c>
+      <c r="P54" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
       <c r="B55" t="s">
-        <v>95</v>
+        <v>266</v>
       </c>
       <c r="C55" t="s">
-        <v>207</v>
+        <v>121</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="E55" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>68</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2004</v>
       </c>
-      <c r="H55"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="K55" t="s">
-        <v>208</v>
+        <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>98</v>
+        <v>268</v>
       </c>
       <c r="M55" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="N55" t="s">
-        <v>209</v>
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>269</v>
+      </c>
+      <c r="P55" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>