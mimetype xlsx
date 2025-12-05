--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -12,624 +12,808 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
-    <t>BDS 1734:2003</t>
-[...4 lines deleted...]
-  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-motor-policy</t>
   </si>
   <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
+  </si>
+  <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -893,1781 +1077,2024 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N40"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1991</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>1986</v>
+      </c>
+      <c r="I3">
+        <v>2006</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...11 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...69 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>37</v>
       </c>
-      <c r="L5" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>53</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...9 lines deleted...]
-      <c r="J6" t="s">
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>39</v>
       </c>
-      <c r="L6" t="s">
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>68</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>69</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...16 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...9 lines deleted...]
-      <c r="J7" t="s">
+      <c r="D12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>79</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>82</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H13">
+        <v>1990</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...16 lines deleted...]
-      <c r="E8" t="s">
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8">
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1990</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1990</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>91</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2012</v>
       </c>
-      <c r="H8"/>
-[...3 lines deleted...]
-      <c r="J8" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>95</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
+        <v>99</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...2 lines deleted...]
-      <c r="L8" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
-[...34 lines deleted...]
-      <c r="J9" t="s">
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>100</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>101</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>102</v>
+      </c>
+      <c r="P17" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>104</v>
+      </c>
+      <c r="B18" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" t="s">
+        <v>106</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...2 lines deleted...]
-      <c r="L9" t="s">
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="M9" t="s">
-[...63 lines deleted...]
-      <c r="E11" t="s">
+      <c r="H18">
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>100</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>101</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>107</v>
+      </c>
+      <c r="P18" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
         <v>18</v>
-      </c>
-[...316 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G19" t="s">
+        <v>111</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>58</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>112</v>
+      </c>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>113</v>
+      </c>
+      <c r="P19" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" t="s">
+        <v>38</v>
+      </c>
+      <c r="F20" t="s">
+        <v>39</v>
+      </c>
+      <c r="G20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>58</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>117</v>
+      </c>
+      <c r="P20" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" t="s">
+        <v>38</v>
+      </c>
+      <c r="F21" t="s">
+        <v>39</v>
+      </c>
+      <c r="G21" t="s">
+        <v>111</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>58</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>121</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>122</v>
+      </c>
+      <c r="P21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>125</v>
+      </c>
+      <c r="E22" t="s">
+        <v>38</v>
+      </c>
+      <c r="F22" t="s">
+        <v>39</v>
+      </c>
+      <c r="G22" t="s">
+        <v>111</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>58</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>126</v>
+      </c>
+      <c r="P22" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>127</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>129</v>
+      </c>
+      <c r="E23" t="s">
+        <v>38</v>
+      </c>
+      <c r="F23" t="s">
+        <v>39</v>
+      </c>
+      <c r="G23" t="s">
+        <v>111</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>58</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>130</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>131</v>
+      </c>
+      <c r="P23" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>132</v>
+      </c>
+      <c r="B24" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" t="s">
+        <v>98</v>
+      </c>
+      <c r="D24" t="s">
+        <v>134</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>68</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24">
+        <v>2024</v>
+      </c>
+      <c r="J24" t="s">
+        <v>135</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>136</v>
+      </c>
+      <c r="M24" t="s">
+        <v>101</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>137</v>
+      </c>
+      <c r="P24" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="C25" t="s">
+        <v>98</v>
+      </c>
+      <c r="D25" t="s">
+        <v>141</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>68</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2023</v>
+      </c>
+      <c r="I25">
+        <v>2024</v>
+      </c>
+      <c r="J25" t="s">
+        <v>135</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>142</v>
+      </c>
+      <c r="M25" t="s">
+        <v>101</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>143</v>
+      </c>
+      <c r="P25" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
+        <v>98</v>
+      </c>
+      <c r="D26" t="s">
+        <v>147</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>68</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2024</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>135</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>148</v>
+      </c>
+      <c r="M26" t="s">
+        <v>101</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>149</v>
+      </c>
+      <c r="P26" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>151</v>
+      </c>
+      <c r="B27" t="s">
+        <v>152</v>
+      </c>
+      <c r="C27" t="s">
+        <v>98</v>
+      </c>
+      <c r="D27" t="s">
+        <v>153</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>68</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2023</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>100</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>154</v>
+      </c>
+      <c r="M27" t="s">
+        <v>101</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>155</v>
+      </c>
+      <c r="P27" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>157</v>
+      </c>
+      <c r="B28" t="s">
+        <v>158</v>
+      </c>
+      <c r="C28" t="s">
+        <v>159</v>
+      </c>
+      <c r="D28" t="s">
+        <v>160</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>68</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2024</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>135</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>161</v>
+      </c>
+      <c r="M28" t="s">
+        <v>101</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>162</v>
+      </c>
+      <c r="P28" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>68</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>135</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>167</v>
+      </c>
+      <c r="M29" t="s">
+        <v>101</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>168</v>
+      </c>
+      <c r="P29" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>170</v>
+      </c>
+      <c r="B30" t="s">
+        <v>171</v>
+      </c>
+      <c r="C30" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" t="s">
+        <v>172</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>68</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>135</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>173</v>
+      </c>
+      <c r="M30" t="s">
+        <v>101</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>174</v>
+      </c>
+      <c r="P30" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>176</v>
+      </c>
+      <c r="B31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" t="s">
+        <v>98</v>
+      </c>
+      <c r="D31" t="s">
+        <v>120</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>68</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31">
+        <v>2024</v>
+      </c>
+      <c r="J31" t="s">
+        <v>135</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>178</v>
+      </c>
+      <c r="M31" t="s">
+        <v>101</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>179</v>
+      </c>
+      <c r="P31" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>181</v>
+      </c>
+      <c r="B32" t="s">
+        <v>182</v>
+      </c>
+      <c r="C32" t="s">
+        <v>98</v>
+      </c>
+      <c r="D32" t="s">
+        <v>48</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>39</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2002</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>183</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>101</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>184</v>
+      </c>
+      <c r="P32" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>186</v>
+      </c>
+      <c r="B33" t="s">
+        <v>187</v>
+      </c>
+      <c r="C33" t="s">
+        <v>98</v>
+      </c>
+      <c r="D33" t="s">
+        <v>188</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>68</v>
+      </c>
+      <c r="G33" t="s">
         <v>32</v>
       </c>
-      <c r="F19" t="s">
-[...13 lines deleted...]
-      <c r="L19" t="s">
+      <c r="H33">
+        <v>2007</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
+        <v>183</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>189</v>
+      </c>
+      <c r="M33" t="s">
+        <v>101</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>190</v>
+      </c>
+      <c r="P33" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>192</v>
+      </c>
+      <c r="B34" t="s">
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
+        <v>98</v>
+      </c>
+      <c r="D34" t="s">
+        <v>188</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>39</v>
+      </c>
+      <c r="G34" t="s">
         <v>22</v>
       </c>
-      <c r="M19" t="s">
-[...19 lines deleted...]
-      <c r="E20" t="s">
+      <c r="H34">
+        <v>2006</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>183</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>193</v>
+      </c>
+      <c r="M34" t="s">
+        <v>101</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>194</v>
+      </c>
+      <c r="P34" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>196</v>
+      </c>
+      <c r="B35" t="s">
+        <v>197</v>
+      </c>
+      <c r="C35" t="s">
+        <v>98</v>
+      </c>
+      <c r="D35" t="s">
+        <v>198</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>39</v>
+      </c>
+      <c r="G35" t="s">
         <v>32</v>
       </c>
-      <c r="F20" t="s">
-[...11 lines deleted...]
-      <c r="L20" t="s">
+      <c r="H35">
+        <v>2007</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>183</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>199</v>
+      </c>
+      <c r="M35" t="s">
+        <v>101</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>200</v>
+      </c>
+      <c r="P35" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>202</v>
+      </c>
+      <c r="B36" t="s">
+        <v>197</v>
+      </c>
+      <c r="C36" t="s">
+        <v>98</v>
+      </c>
+      <c r="D36" t="s">
+        <v>48</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>39</v>
+      </c>
+      <c r="G36" t="s">
         <v>22</v>
       </c>
-      <c r="M20" t="s">
-[...19 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H36">
+        <v>2007</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>183</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>203</v>
+      </c>
+      <c r="M36" t="s">
+        <v>101</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>204</v>
+      </c>
+      <c r="P36" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>205</v>
+      </c>
+      <c r="B37" t="s">
+        <v>206</v>
+      </c>
+      <c r="C37" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37" t="s">
+        <v>120</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>39</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>183</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>207</v>
+      </c>
+      <c r="M37" t="s">
+        <v>101</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>208</v>
+      </c>
+      <c r="P37" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>210</v>
+      </c>
+      <c r="B38" t="s">
+        <v>211</v>
+      </c>
+      <c r="C38" t="s">
+        <v>98</v>
+      </c>
+      <c r="D38" t="s">
+        <v>73</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>68</v>
+      </c>
+      <c r="G38" t="s">
         <v>32</v>
       </c>
-      <c r="F21" t="s">
-[...13 lines deleted...]
-      <c r="L21" t="s">
+      <c r="H38">
+        <v>1993</v>
+      </c>
+      <c r="I38">
+        <v>2007</v>
+      </c>
+      <c r="J38" t="s">
+        <v>183</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>212</v>
+      </c>
+      <c r="M38" t="s">
+        <v>101</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>213</v>
+      </c>
+      <c r="P38" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>215</v>
+      </c>
+      <c r="B39" t="s">
+        <v>216</v>
+      </c>
+      <c r="C39" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" t="s">
+        <v>57</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>39</v>
+      </c>
+      <c r="G39" t="s">
         <v>22</v>
       </c>
-      <c r="M21" t="s">
-[...34 lines deleted...]
-      <c r="L22" t="s">
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>183</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>217</v>
+      </c>
+      <c r="M39" t="s">
+        <v>101</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>218</v>
+      </c>
+      <c r="P39" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>220</v>
+      </c>
+      <c r="B40" t="s">
+        <v>221</v>
+      </c>
+      <c r="C40" t="s">
+        <v>98</v>
+      </c>
+      <c r="D40" t="s">
+        <v>141</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>39</v>
+      </c>
+      <c r="G40" t="s">
         <v>22</v>
       </c>
-      <c r="M22" t="s">
-[...33 lines deleted...]
-      <c r="K23" t="s">
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>183</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>222</v>
+      </c>
+      <c r="M40" t="s">
         <v>101</v>
       </c>
-      <c r="L23" t="s">
-[...732 lines deleted...]
-      </c>
       <c r="N40" t="s">
-        <v>164</v>
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>223</v>
+      </c>
+      <c r="P40" t="s">
+        <v>224</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>