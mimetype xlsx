--- v0 (2025-12-11)
+++ v1 (2026-02-23)
@@ -6279,51 +6279,51 @@
       </c>
       <c r="P83" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>364</v>
       </c>
       <c r="B84" t="s">
         <v>365</v>
       </c>
       <c r="C84" t="s">
         <v>98</v>
       </c>
       <c r="D84" t="s">
         <v>366</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>68</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H84">
         <v>2021</v>
       </c>
       <c r="I84">
         <v>2024</v>
       </c>
       <c r="J84" t="s">
         <v>367</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
         <v>368</v>
       </c>
       <c r="M84" t="s">
         <v>101</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84" t="s">
         <v>369</v>
       </c>