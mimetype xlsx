--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,203 +12,228 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...5 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
-    <t>BDS 1734:2003</t>
-[...4 lines deleted...]
-  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
+  </si>
+  <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
   </si>
   <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -472,321 +497,354 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="347.915" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...9 lines deleted...]
-      <c r="K2" t="s">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B4" t="s">
-[...66 lines deleted...]
-      <c r="K5" t="s">
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>