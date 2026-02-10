--- v0 (2025-12-13)
+++ v1 (2026-02-10)
@@ -8267,51 +8267,51 @@
       </c>
       <c r="P110" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>569</v>
       </c>
       <c r="B111" t="s">
         <v>570</v>
       </c>
       <c r="C111" t="s">
         <v>38</v>
       </c>
       <c r="D111" t="s">
         <v>571</v>
       </c>
       <c r="E111" t="s">
         <v>40</v>
       </c>
       <c r="F111" t="s">
         <v>137</v>
       </c>
       <c r="G111" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H111">
         <v>2021</v>
       </c>
       <c r="I111">
         <v>2024</v>
       </c>
       <c r="J111" t="s">
         <v>572</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
         <v>573</v>
       </c>
       <c r="M111" t="s">
         <v>42</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
         <v>574</v>
       </c>