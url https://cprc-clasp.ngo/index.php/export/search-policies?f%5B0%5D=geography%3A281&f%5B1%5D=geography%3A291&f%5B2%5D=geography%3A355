--- v0 (2025-12-11)
+++ v1 (2025-12-21)
@@ -2459,51 +2459,51 @@
       </c>
       <c r="P24" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>156</v>
       </c>
       <c r="B25" t="s">
         <v>157</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>37</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>38</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H25">
         <v>2021</v>
       </c>
       <c r="I25">
         <v>2024</v>
       </c>
       <c r="J25" t="s">
         <v>158</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>159</v>
       </c>
       <c r="M25" t="s">
         <v>25</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
         <v>160</v>
       </c>