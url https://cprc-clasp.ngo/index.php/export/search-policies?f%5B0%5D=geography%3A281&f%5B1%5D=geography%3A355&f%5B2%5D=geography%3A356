--- v0 (2025-12-10)
+++ v1 (2026-02-12)
@@ -5180,51 +5180,51 @@
       </c>
       <c r="P64" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>287</v>
       </c>
       <c r="B65" t="s">
         <v>288</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
         <v>289</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>209</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H65">
         <v>2021</v>
       </c>
       <c r="I65">
         <v>2024</v>
       </c>
       <c r="J65" t="s">
         <v>290</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
         <v>291</v>
       </c>
       <c r="M65" t="s">
         <v>25</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
       <c r="O65" t="s">
         <v>292</v>
       </c>