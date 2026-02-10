--- v0 (2025-12-06)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="811">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="820">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1859,75 +1859,78 @@
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
@@ -2454,50 +2457,87 @@
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
+  </si>
+  <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
     <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
@@ -2846,51 +2886,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P144"/>
+  <dimension ref="A1:P145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -8184,1928 +8224,1976 @@
       </c>
       <c r="P106" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
         <v>607</v>
       </c>
       <c r="B107" t="s">
         <v>608</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
         <v>398</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>520</v>
       </c>
       <c r="G107" t="s">
-        <v>22</v>
+        <v>609</v>
       </c>
       <c r="H107">
         <v>2007</v>
       </c>
       <c r="I107">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J107" t="s">
         <v>69</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
         <v>399</v>
       </c>
       <c r="M107" t="s">
         <v>49</v>
       </c>
       <c r="N107" t="s">
         <v>96</v>
       </c>
       <c r="O107" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="P107" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B108" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>520</v>
       </c>
       <c r="G108" t="s">
         <v>8</v>
       </c>
       <c r="H108">
         <v>2007</v>
       </c>
       <c r="I108">
         <v>2025</v>
       </c>
       <c r="J108" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="M108" t="s">
         <v>528</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="P108" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B109" t="s">
         <v>251</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
         <v>46</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>520</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2008</v>
       </c>
       <c r="I109">
         <v>2008</v>
       </c>
       <c r="J109" t="s">
         <v>69</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="M109" t="s">
         <v>49</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="P109" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B110" t="s">
         <v>227</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
         <v>101</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>520</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>1989</v>
       </c>
       <c r="I110">
         <v>2020</v>
       </c>
       <c r="J110" t="s">
         <v>55</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="M110" t="s">
         <v>528</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="P110" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B111" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C111" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D111" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>520</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2008</v>
       </c>
       <c r="I111">
         <v>2024</v>
       </c>
       <c r="J111" t="s">
         <v>538</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="M111" t="s">
         <v>540</v>
       </c>
       <c r="N111" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="O111" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P111" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B112" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>520</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2008</v>
       </c>
       <c r="I112">
         <v>2008</v>
       </c>
       <c r="J112" t="s">
         <v>69</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="M112" t="s">
         <v>49</v>
       </c>
       <c r="N112" t="s">
         <v>96</v>
       </c>
       <c r="O112" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="P112" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B113" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
         <v>117</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>520</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2008</v>
       </c>
       <c r="I113">
         <v>2011</v>
       </c>
       <c r="J113" t="s">
         <v>69</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="M113" t="s">
         <v>49</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="P113" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B114" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
         <v>324</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>520</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2008</v>
       </c>
       <c r="I114">
         <v>2016</v>
       </c>
       <c r="J114" t="s">
         <v>69</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="M114" t="s">
         <v>49</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P114" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B115" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>161</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>520</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2010</v>
       </c>
       <c r="I115">
         <v>2015</v>
       </c>
       <c r="J115" t="s">
         <v>69</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
         <v>162</v>
       </c>
       <c r="M115" t="s">
         <v>49</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="P115" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B116" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
         <v>32</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>520</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>1989</v>
       </c>
       <c r="I116">
         <v>2016</v>
       </c>
       <c r="J116" t="s">
         <v>69</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
         <v>33</v>
       </c>
       <c r="M116" t="s">
         <v>49</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="P116" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B117" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>520</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2010</v>
       </c>
       <c r="I117">
         <v>2021</v>
       </c>
       <c r="J117" t="s">
         <v>23</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="M117" t="s">
         <v>528</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="P117" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B118" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>520</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2011</v>
       </c>
       <c r="I118">
         <v>2020</v>
       </c>
       <c r="J118" t="s">
         <v>69</v>
       </c>
       <c r="K118" t="s">
         <v>450</v>
       </c>
       <c r="L118" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M118" t="s">
         <v>599</v>
       </c>
       <c r="N118" t="s">
         <v>452</v>
       </c>
       <c r="O118" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="P118" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B119" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>520</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2010</v>
       </c>
       <c r="I119">
         <v>2017</v>
       </c>
       <c r="J119" t="s">
         <v>69</v>
       </c>
       <c r="K119" t="s">
         <v>450</v>
       </c>
       <c r="L119" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="M119" t="s">
         <v>599</v>
       </c>
       <c r="N119" t="s">
         <v>452</v>
       </c>
       <c r="O119" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="P119" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B120" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>520</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2011</v>
       </c>
       <c r="I120">
         <v>2016</v>
       </c>
       <c r="J120" t="s">
         <v>69</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="M120" t="s">
         <v>49</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="P120" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B121" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
         <v>131</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>520</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2011</v>
       </c>
       <c r="I121">
         <v>2012</v>
       </c>
       <c r="J121" t="s">
         <v>69</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
         <v>132</v>
       </c>
       <c r="M121" t="s">
         <v>49</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="P121" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B122" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
         <v>131</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>520</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2011</v>
       </c>
       <c r="I122">
         <v>2017</v>
       </c>
       <c r="J122" t="s">
         <v>69</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="M122" t="s">
         <v>49</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="P122" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B123" t="s">
         <v>116</v>
       </c>
       <c r="C123" t="s">
         <v>18</v>
       </c>
       <c r="D123" t="s">
         <v>117</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>520</v>
       </c>
       <c r="G123" t="s">
         <v>526</v>
       </c>
       <c r="H123">
         <v>2011</v>
       </c>
       <c r="I123">
         <v>2012</v>
       </c>
       <c r="J123" t="s">
         <v>538</v>
       </c>
       <c r="K123" t="s">
         <v>119</v>
       </c>
       <c r="L123" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="M123" t="s">
         <v>49</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="P123" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B124" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>520</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2012</v>
       </c>
       <c r="I124">
         <v>2020</v>
       </c>
       <c r="J124" t="s">
         <v>69</v>
       </c>
       <c r="K124" t="s">
         <v>450</v>
       </c>
       <c r="L124" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M124" t="s">
         <v>599</v>
       </c>
       <c r="N124" t="s">
         <v>452</v>
       </c>
       <c r="O124" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="P124" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B125" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>520</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2013</v>
       </c>
       <c r="I125">
         <v>2020</v>
       </c>
       <c r="J125" t="s">
         <v>69</v>
       </c>
       <c r="K125" t="s">
         <v>450</v>
       </c>
       <c r="L125" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M125" t="s">
         <v>599</v>
       </c>
       <c r="N125" t="s">
         <v>452</v>
       </c>
       <c r="O125" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="P125" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B126" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
         <v>125</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>520</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2012</v>
       </c>
       <c r="I126">
         <v>2016</v>
       </c>
       <c r="J126" t="s">
         <v>69</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="M126" t="s">
         <v>49</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="P126" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B127" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C127" t="s">
         <v>18</v>
       </c>
       <c r="D127" t="s">
         <v>143</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>520</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2003</v>
       </c>
       <c r="I127">
         <v>2013</v>
       </c>
       <c r="J127" t="s">
         <v>69</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="M127" t="s">
         <v>49</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="P127" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B128" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C128" t="s">
         <v>18</v>
       </c>
       <c r="D128" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>520</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2003</v>
       </c>
       <c r="I128">
         <v>2013</v>
       </c>
       <c r="J128" t="s">
         <v>69</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="M128" t="s">
         <v>49</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="P128" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B129" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C129" t="s">
         <v>18</v>
       </c>
       <c r="D129" t="s">
         <v>117</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>520</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2008</v>
       </c>
       <c r="I129">
         <v>2013</v>
       </c>
       <c r="J129" t="s">
         <v>69</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="M129" t="s">
         <v>49</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="P129" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B130" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
         <v>143</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>520</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2013</v>
       </c>
       <c r="I130">
         <v>2020</v>
       </c>
       <c r="J130" t="s">
         <v>69</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="M130" t="s">
         <v>49</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="P130" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B131" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>520</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2014</v>
       </c>
       <c r="I131">
         <v>2020</v>
       </c>
       <c r="J131" t="s">
         <v>69</v>
       </c>
       <c r="K131" t="s">
         <v>450</v>
       </c>
       <c r="L131" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M131" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="N131" t="s">
         <v>452</v>
       </c>
       <c r="O131" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="P131" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B132" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>520</v>
       </c>
       <c r="G132" t="s">
         <v>526</v>
       </c>
       <c r="H132">
         <v>2008</v>
       </c>
       <c r="I132">
         <v>2015</v>
       </c>
       <c r="J132" t="s">
         <v>538</v>
       </c>
       <c r="K132" t="s">
         <v>62</v>
       </c>
       <c r="L132" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="M132" t="s">
         <v>49</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="P132" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B133" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
         <v>277</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>520</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2008</v>
       </c>
       <c r="I133">
         <v>2015</v>
       </c>
       <c r="J133" t="s">
         <v>69</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="M133" t="s">
         <v>49</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="P133" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B134" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
         <v>143</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>520</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2005</v>
       </c>
       <c r="I134">
         <v>2015</v>
       </c>
       <c r="J134" t="s">
         <v>69</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="M134" t="s">
         <v>49</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="P134" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B135" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
         <v>211</v>
       </c>
       <c r="E135" t="s">
         <v>180</v>
       </c>
       <c r="F135" t="s">
         <v>520</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2005</v>
       </c>
       <c r="I135">
         <v>2016</v>
       </c>
       <c r="J135" t="s">
         <v>69</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="M135" t="s">
         <v>599</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="P135" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B136" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
         <v>211</v>
       </c>
       <c r="E136" t="s">
         <v>180</v>
       </c>
       <c r="F136" t="s">
         <v>520</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2005</v>
       </c>
       <c r="I136">
         <v>2016</v>
       </c>
       <c r="J136" t="s">
         <v>69</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="M136" t="s">
         <v>599</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="P136" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B137" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
         <v>211</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>520</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2005</v>
       </c>
       <c r="I137">
         <v>2016</v>
       </c>
       <c r="J137" t="s">
         <v>69</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="M137" t="s">
         <v>599</v>
       </c>
       <c r="N137" t="s">
         <v>96</v>
       </c>
       <c r="O137" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="P137" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B138" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
         <v>211</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>520</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2005</v>
       </c>
       <c r="I138">
         <v>2017</v>
       </c>
       <c r="J138" t="s">
         <v>69</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="M138" t="s">
         <v>599</v>
       </c>
       <c r="N138" t="s">
         <v>96</v>
       </c>
       <c r="O138" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="P138" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B139" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>463</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>520</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2017</v>
       </c>
       <c r="I139">
         <v>2021</v>
       </c>
       <c r="J139" t="s">
         <v>23</v>
       </c>
       <c r="K139" t="s">
         <v>450</v>
       </c>
       <c r="L139" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="M139" t="s">
         <v>528</v>
       </c>
       <c r="N139" t="s">
         <v>452</v>
       </c>
       <c r="O139" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="P139" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B140" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
         <v>498</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>520</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2018</v>
       </c>
       <c r="I140">
         <v>2024</v>
       </c>
       <c r="J140" t="s">
         <v>538</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="M140" t="s">
         <v>540</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="P140" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B141" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
         <v>438</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>520</v>
       </c>
       <c r="G141" t="s">
         <v>8</v>
       </c>
       <c r="H141">
         <v>1989</v>
       </c>
       <c r="I141">
         <v>2025</v>
       </c>
       <c r="J141" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="M141" t="s">
         <v>540</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="P141" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B142" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>520</v>
       </c>
       <c r="G142" t="s">
         <v>8</v>
       </c>
       <c r="H142">
         <v>2019</v>
       </c>
       <c r="I142">
         <v>2025</v>
       </c>
       <c r="J142" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="M142" t="s">
         <v>540</v>
       </c>
       <c r="N142" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="O142" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="P142" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B143" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>432</v>
+        <v>799</v>
       </c>
       <c r="E143" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="F143" t="s">
-        <v>520</v>
+        <v>800</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H143">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="I143">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J143" t="s">
-        <v>69</v>
+        <v>801</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
-      <c r="L143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>49</v>
+        <v>802</v>
       </c>
       <c r="N143" t="s">
-        <v>27</v>
+        <v>794</v>
       </c>
       <c r="O143" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="P143" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="B144" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="C144" t="s">
-        <v>803</v>
+        <v>18</v>
       </c>
       <c r="D144" t="s">
-        <v>804</v>
+        <v>432</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>805</v>
+        <v>520</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="I144">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J144" t="s">
-        <v>806</v>
+        <v>69</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
         <v>807</v>
       </c>
       <c r="M144" t="s">
+        <v>49</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
         <v>808</v>
       </c>
-      <c r="N144" t="s">
-[...2 lines deleted...]
-      <c r="O144" t="s">
+      <c r="P144" t="s">
         <v>809</v>
       </c>
-      <c r="P144" t="s">
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
         <v>810</v>
+      </c>
+      <c r="B145" t="s">
+        <v>811</v>
+      </c>
+      <c r="C145" t="s">
+        <v>812</v>
+      </c>
+      <c r="D145" t="s">
+        <v>813</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>814</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2007</v>
+      </c>
+      <c r="I145">
+        <v>2012</v>
+      </c>
+      <c r="J145" t="s">
+        <v>815</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145" t="s">
+        <v>816</v>
+      </c>
+      <c r="M145" t="s">
+        <v>817</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>818</v>
+      </c>
+      <c r="P145" t="s">
+        <v>819</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">