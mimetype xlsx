--- v0 (2025-12-06)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="711">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="703">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2041,90 +2041,50 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
   </si>
   <si>
-    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
-[...38 lines deleted...]
-  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
@@ -2152,50 +2112,53 @@
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
     <t>https://item.jd.com/10054560130198.html</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
     <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
   </si>
@@ -2532,61 +2495,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P125"/>
+  <dimension ref="A1:P124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -8284,324 +8247,278 @@
       </c>
       <c r="L119" t="s">
         <v>663</v>
       </c>
       <c r="M119" t="s">
         <v>664</v>
       </c>
       <c r="N119" t="s">
         <v>34</v>
       </c>
       <c r="O119" t="s">
         <v>665</v>
       </c>
       <c r="P119" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
         <v>667</v>
       </c>
       <c r="B120" t="s">
         <v>668</v>
       </c>
       <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="E120" t="s">
         <v>189</v>
       </c>
       <c r="F120" t="s">
-        <v>671</v>
+        <v>190</v>
       </c>
       <c r="G120" t="s">
-        <v>523</v>
+        <v>22</v>
       </c>
       <c r="H120">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
+        <v>75</v>
+      </c>
+      <c r="K120" t="s">
+        <v>279</v>
+      </c>
+      <c r="L120" t="s">
+        <v>670</v>
+      </c>
+      <c r="M120" t="s">
+        <v>671</v>
+      </c>
+      <c r="N120" t="s">
+        <v>34</v>
+      </c>
+      <c r="O120" t="s">
         <v>672</v>
       </c>
-      <c r="K120" t="s">
-[...3 lines deleted...]
-      <c r="M120" t="s">
+      <c r="P120" t="s">
         <v>673</v>
-      </c>
-[...7 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
+        <v>674</v>
+      </c>
+      <c r="B121" t="s">
+        <v>675</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
         <v>676</v>
-      </c>
-[...7 lines deleted...]
-        <v>678</v>
       </c>
       <c r="E121" t="s">
         <v>189</v>
       </c>
       <c r="F121" t="s">
         <v>190</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
         <v>75</v>
       </c>
       <c r="K121" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="L121" t="s">
+        <v>677</v>
+      </c>
+      <c r="M121" t="s">
+        <v>671</v>
+      </c>
+      <c r="N121" t="s">
+        <v>34</v>
+      </c>
+      <c r="O121" t="s">
+        <v>678</v>
+      </c>
+      <c r="P121" t="s">
         <v>679</v>
-      </c>
-[...10 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="B122" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="E122" t="s">
         <v>189</v>
       </c>
       <c r="F122" t="s">
-        <v>190</v>
+        <v>522</v>
       </c>
       <c r="G122" t="s">
-        <v>22</v>
+        <v>523</v>
       </c>
       <c r="H122">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>75</v>
+        <v>683</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
+        <v>684</v>
+      </c>
+      <c r="M122" t="s">
+        <v>685</v>
+      </c>
+      <c r="N122" t="s">
+        <v>34</v>
+      </c>
+      <c r="O122" t="s">
         <v>686</v>
       </c>
-      <c r="M122" t="s">
-[...5 lines deleted...]
-      <c r="O122" t="s">
+      <c r="P122" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
+        <v>688</v>
+      </c>
+      <c r="B123" t="s">
         <v>689</v>
       </c>
-      <c r="B123" t="s">
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
         <v>690</v>
-      </c>
-[...4 lines deleted...]
-        <v>691</v>
       </c>
       <c r="E123" t="s">
         <v>189</v>
       </c>
       <c r="F123" t="s">
-        <v>522</v>
+        <v>691</v>
       </c>
       <c r="G123" t="s">
-        <v>523</v>
+        <v>22</v>
       </c>
       <c r="H123">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
         <v>692</v>
       </c>
       <c r="K123" t="s">
-        <v>24</v>
+        <v>279</v>
       </c>
       <c r="L123" t="s">
         <v>693</v>
       </c>
       <c r="M123" t="s">
         <v>694</v>
       </c>
       <c r="N123" t="s">
-        <v>34</v>
+        <v>695</v>
       </c>
       <c r="O123" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="P123" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B124" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="E124" t="s">
         <v>189</v>
       </c>
       <c r="F124" t="s">
-        <v>671</v>
+        <v>190</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>700</v>
+        <v>170</v>
       </c>
       <c r="K124" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="L124" t="s">
+        <v>171</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>193</v>
+      </c>
+      <c r="N124" t="s">
+        <v>173</v>
+      </c>
+      <c r="O124" t="s">
         <v>701</v>
       </c>
-      <c r="M124" t="s">
+      <c r="P124" t="s">
         <v>702</v>
-      </c>
-[...53 lines deleted...]
-        <v>710</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">