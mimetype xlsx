--- v0 (2025-12-04)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1590">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1592">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3400,78 +3400,78 @@
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
   <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
@@ -3479,50 +3479,53 @@
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -3990,50 +3993,53 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
     <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
   </si>
   <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
@@ -4477,51 +4483,51 @@
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
@@ -15369,89 +15375,89 @@
       </c>
       <c r="P205" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
         <v>1111</v>
       </c>
       <c r="B206" t="s">
         <v>1112</v>
       </c>
       <c r="C206" t="s">
         <v>18</v>
       </c>
       <c r="D206" t="s">
         <v>650</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
         <v>970</v>
       </c>
       <c r="G206" t="s">
-        <v>75</v>
+        <v>1113</v>
       </c>
       <c r="H206">
         <v>2007</v>
       </c>
       <c r="I206">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J206" t="s">
         <v>51</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206" t="s">
         <v>651</v>
       </c>
       <c r="M206" t="s">
         <v>26</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="P206" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="B207" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C207" t="s">
-        <v>1117</v>
+        <v>18</v>
       </c>
       <c r="D207" t="s">
         <v>1118</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
         <v>970</v>
       </c>
       <c r="G207" t="s">
         <v>8</v>
       </c>
       <c r="H207">
         <v>2007</v>
       </c>
       <c r="I207">
         <v>2025</v>
       </c>
       <c r="J207" t="s">
         <v>1119</v>
       </c>
       <c r="K207" t="s">
         <v>24</v>
       </c>
@@ -15607,4538 +15613,4542 @@
       </c>
       <c r="L210" t="s">
         <v>1133</v>
       </c>
       <c r="M210" t="s">
         <v>26</v>
       </c>
       <c r="N210" t="s">
         <v>34</v>
       </c>
       <c r="O210" t="s">
         <v>1134</v>
       </c>
       <c r="P210" t="s">
         <v>1135</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
         <v>1136</v>
       </c>
       <c r="B211" t="s">
         <v>1137</v>
       </c>
       <c r="C211" t="s">
-        <v>1117</v>
+        <v>1138</v>
       </c>
       <c r="D211" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>970</v>
       </c>
       <c r="G211" t="s">
         <v>75</v>
       </c>
       <c r="H211">
         <v>2008</v>
       </c>
       <c r="I211">
         <v>2024</v>
       </c>
       <c r="J211" t="s">
         <v>1014</v>
       </c>
       <c r="K211" t="s">
         <v>24</v>
       </c>
       <c r="L211" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="M211" t="s">
         <v>1025</v>
       </c>
       <c r="N211" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="O211" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="P211" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="B212" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="C212" t="s">
         <v>18</v>
       </c>
       <c r="D212" t="s">
         <v>19</v>
       </c>
       <c r="E212" t="s">
         <v>20</v>
       </c>
       <c r="F212" t="s">
         <v>970</v>
       </c>
       <c r="G212" t="s">
         <v>75</v>
       </c>
       <c r="H212">
         <v>2008</v>
       </c>
       <c r="I212">
         <v>2008</v>
       </c>
       <c r="J212" t="s">
         <v>51</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
       <c r="L212" t="s">
         <v>25</v>
       </c>
       <c r="M212" t="s">
         <v>26</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="P212" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="B213" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C213" t="s">
         <v>18</v>
       </c>
       <c r="D213" t="s">
         <v>172</v>
       </c>
       <c r="E213" t="s">
         <v>20</v>
       </c>
       <c r="F213" t="s">
         <v>970</v>
       </c>
       <c r="G213" t="s">
         <v>75</v>
       </c>
       <c r="H213">
         <v>2008</v>
       </c>
       <c r="I213">
         <v>2011</v>
       </c>
       <c r="J213" t="s">
         <v>51</v>
       </c>
       <c r="K213" t="s">
         <v>24</v>
       </c>
       <c r="L213" t="s">
         <v>173</v>
       </c>
       <c r="M213" t="s">
         <v>26</v>
       </c>
       <c r="N213" t="s">
         <v>34</v>
       </c>
       <c r="O213" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="P213" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B214" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C214" t="s">
         <v>18</v>
       </c>
       <c r="D214" t="s">
         <v>178</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
         <v>970</v>
       </c>
       <c r="G214" t="s">
         <v>75</v>
       </c>
       <c r="H214">
         <v>2008</v>
       </c>
       <c r="I214">
         <v>2016</v>
       </c>
       <c r="J214" t="s">
         <v>51</v>
       </c>
       <c r="K214" t="s">
         <v>24</v>
       </c>
       <c r="L214" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="M214" t="s">
         <v>26</v>
       </c>
       <c r="N214" t="s">
         <v>34</v>
       </c>
       <c r="O214" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="P214" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="B215" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C215" t="s">
         <v>18</v>
       </c>
       <c r="D215" t="s">
         <v>282</v>
       </c>
       <c r="E215" t="s">
         <v>20</v>
       </c>
       <c r="F215" t="s">
         <v>970</v>
       </c>
       <c r="G215" t="s">
         <v>75</v>
       </c>
       <c r="H215">
         <v>2010</v>
       </c>
       <c r="I215">
         <v>2015</v>
       </c>
       <c r="J215" t="s">
         <v>51</v>
       </c>
       <c r="K215" t="s">
         <v>24</v>
       </c>
       <c r="L215" t="s">
         <v>283</v>
       </c>
       <c r="M215" t="s">
         <v>26</v>
       </c>
       <c r="N215" t="s">
         <v>34</v>
       </c>
       <c r="O215" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="P215" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="B216" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="C216" t="s">
         <v>18</v>
       </c>
       <c r="D216" t="s">
         <v>366</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
         <v>970</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
         <v>2010</v>
       </c>
       <c r="I216">
         <v>2021</v>
       </c>
       <c r="J216" t="s">
         <v>23</v>
       </c>
       <c r="K216" t="s">
         <v>160</v>
       </c>
       <c r="L216" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="M216" t="s">
         <v>26</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="P216" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="B217" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C217" t="s">
         <v>18</v>
       </c>
       <c r="D217" t="s">
         <v>366</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>970</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217">
         <v>2010</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
         <v>51</v>
       </c>
       <c r="K217" t="s">
         <v>24</v>
       </c>
       <c r="L217" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="M217" t="s">
         <v>1103</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="P217" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B218" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C218" t="s">
         <v>18</v>
       </c>
       <c r="D218" t="s">
         <v>230</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
         <v>970</v>
       </c>
       <c r="G218" t="s">
         <v>1013</v>
       </c>
       <c r="H218">
         <v>2010</v>
       </c>
       <c r="I218">
         <v>2017</v>
       </c>
       <c r="J218" t="s">
         <v>1014</v>
       </c>
       <c r="K218" t="s">
         <v>24</v>
       </c>
       <c r="L218" t="s">
         <v>127</v>
       </c>
       <c r="M218" t="s">
         <v>26</v>
       </c>
       <c r="N218" t="s">
         <v>34</v>
       </c>
       <c r="O218" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="P218" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="B219" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C219" t="s">
         <v>18</v>
       </c>
       <c r="D219" t="s">
         <v>83</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
         <v>970</v>
       </c>
       <c r="G219" t="s">
         <v>75</v>
       </c>
       <c r="H219">
         <v>1989</v>
       </c>
       <c r="I219">
         <v>2016</v>
       </c>
       <c r="J219" t="s">
         <v>51</v>
       </c>
       <c r="K219" t="s">
         <v>24</v>
       </c>
       <c r="L219" t="s">
         <v>84</v>
       </c>
       <c r="M219" t="s">
         <v>26</v>
       </c>
       <c r="N219" t="s">
         <v>34</v>
       </c>
       <c r="O219" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="P219" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B220" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C220" t="s">
         <v>18</v>
       </c>
       <c r="D220" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
         <v>970</v>
       </c>
       <c r="G220" t="s">
         <v>75</v>
       </c>
       <c r="H220">
         <v>2010</v>
       </c>
       <c r="I220">
         <v>2021</v>
       </c>
       <c r="J220" t="s">
         <v>76</v>
       </c>
       <c r="K220" t="s">
         <v>24</v>
       </c>
       <c r="L220" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="M220" t="s">
         <v>998</v>
       </c>
       <c r="N220" t="s">
         <v>34</v>
       </c>
       <c r="O220" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="P220" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B221" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C221" t="s">
         <v>18</v>
       </c>
       <c r="D221" t="s">
         <v>322</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
         <v>970</v>
       </c>
       <c r="G221" t="s">
         <v>75</v>
       </c>
       <c r="H221">
         <v>2011</v>
       </c>
       <c r="I221">
         <v>2020</v>
       </c>
       <c r="J221" t="s">
         <v>51</v>
       </c>
       <c r="K221" t="s">
         <v>312</v>
       </c>
       <c r="L221" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="M221" t="s">
         <v>1103</v>
       </c>
       <c r="N221" t="s">
         <v>314</v>
       </c>
       <c r="O221" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="P221" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="B222" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C222" t="s">
         <v>18</v>
       </c>
       <c r="D222" t="s">
         <v>310</v>
       </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
         <v>970</v>
       </c>
       <c r="G222" t="s">
         <v>75</v>
       </c>
       <c r="H222">
         <v>2010</v>
       </c>
       <c r="I222">
         <v>2017</v>
       </c>
       <c r="J222" t="s">
         <v>51</v>
       </c>
       <c r="K222" t="s">
         <v>312</v>
       </c>
       <c r="L222" t="s">
         <v>325</v>
       </c>
       <c r="M222" t="s">
         <v>1103</v>
       </c>
       <c r="N222" t="s">
         <v>314</v>
       </c>
       <c r="O222" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="P222" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B223" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C223" t="s">
         <v>18</v>
       </c>
       <c r="D223" t="s">
         <v>109</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
         <v>970</v>
       </c>
       <c r="G223" t="s">
         <v>75</v>
       </c>
       <c r="H223">
         <v>2011</v>
       </c>
       <c r="I223">
         <v>2016</v>
       </c>
       <c r="J223" t="s">
         <v>51</v>
       </c>
       <c r="K223" t="s">
         <v>24</v>
       </c>
       <c r="L223" t="s">
         <v>110</v>
       </c>
       <c r="M223" t="s">
         <v>26</v>
       </c>
       <c r="N223" t="s">
         <v>34</v>
       </c>
       <c r="O223" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="P223" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="B224" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="C224" t="s">
         <v>18</v>
       </c>
       <c r="D224" t="s">
         <v>32</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
         <v>970</v>
       </c>
       <c r="G224" t="s">
         <v>75</v>
       </c>
       <c r="H224">
         <v>2011</v>
       </c>
       <c r="I224">
         <v>2012</v>
       </c>
       <c r="J224" t="s">
         <v>51</v>
       </c>
       <c r="K224" t="s">
         <v>24</v>
       </c>
       <c r="L224" t="s">
         <v>248</v>
       </c>
       <c r="M224" t="s">
         <v>26</v>
       </c>
       <c r="N224" t="s">
         <v>34</v>
       </c>
       <c r="O224" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="P224" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="B225" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C225" t="s">
         <v>18</v>
       </c>
       <c r="D225" t="s">
         <v>32</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
         <v>970</v>
       </c>
       <c r="G225" t="s">
         <v>75</v>
       </c>
       <c r="H225">
         <v>2011</v>
       </c>
       <c r="I225">
         <v>2017</v>
       </c>
       <c r="J225" t="s">
         <v>51</v>
       </c>
       <c r="K225" t="s">
         <v>24</v>
       </c>
       <c r="L225" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="M225" t="s">
         <v>26</v>
       </c>
       <c r="N225" t="s">
         <v>34</v>
       </c>
       <c r="O225" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="P225" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B226" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="C226" t="s">
         <v>18</v>
       </c>
       <c r="D226" t="s">
         <v>474</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
         <v>970</v>
       </c>
       <c r="G226" t="s">
         <v>22</v>
       </c>
       <c r="H226">
         <v>2021</v>
       </c>
       <c r="I226"/>
       <c r="J226" t="s">
         <v>23</v>
       </c>
       <c r="K226" t="s">
         <v>24</v>
       </c>
       <c r="L226" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="M226" t="s">
         <v>1103</v>
       </c>
       <c r="N226" t="s">
         <v>34</v>
       </c>
       <c r="O226" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="P226" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="B227" t="s">
         <v>235</v>
       </c>
       <c r="C227" t="s">
         <v>18</v>
       </c>
       <c r="D227" t="s">
         <v>172</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>970</v>
       </c>
       <c r="G227" t="s">
         <v>996</v>
       </c>
       <c r="H227">
         <v>2011</v>
       </c>
       <c r="I227">
         <v>2012</v>
       </c>
       <c r="J227" t="s">
         <v>1014</v>
       </c>
       <c r="K227" t="s">
         <v>236</v>
       </c>
       <c r="L227" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="M227" t="s">
         <v>26</v>
       </c>
       <c r="N227" t="s">
         <v>34</v>
       </c>
       <c r="O227" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="P227" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B228" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="C228" t="s">
         <v>18</v>
       </c>
       <c r="D228" t="s">
         <v>172</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>970</v>
       </c>
       <c r="G228" t="s">
         <v>8</v>
       </c>
       <c r="H228">
         <v>2011</v>
       </c>
       <c r="I228">
         <v>2025</v>
       </c>
       <c r="J228" t="s">
         <v>1014</v>
       </c>
       <c r="K228" t="s">
         <v>24</v>
       </c>
       <c r="L228" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="M228" t="s">
         <v>1025</v>
       </c>
       <c r="N228" t="s">
         <v>34</v>
       </c>
       <c r="O228" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="P228" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B229" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C229" t="s">
         <v>18</v>
       </c>
       <c r="D229" t="s">
         <v>318</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>970</v>
       </c>
       <c r="G229" t="s">
         <v>75</v>
       </c>
       <c r="H229">
         <v>2012</v>
       </c>
       <c r="I229">
         <v>2020</v>
       </c>
       <c r="J229" t="s">
         <v>51</v>
       </c>
       <c r="K229" t="s">
         <v>312</v>
       </c>
       <c r="L229" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="M229" t="s">
         <v>1103</v>
       </c>
       <c r="N229" t="s">
         <v>314</v>
       </c>
       <c r="O229" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="P229" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B230" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C230" t="s">
         <v>18</v>
       </c>
       <c r="D230" t="s">
         <v>320</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>970</v>
       </c>
       <c r="G230" t="s">
         <v>75</v>
       </c>
       <c r="H230">
         <v>2013</v>
       </c>
       <c r="I230">
         <v>2020</v>
       </c>
       <c r="J230" t="s">
         <v>51</v>
       </c>
       <c r="K230" t="s">
         <v>312</v>
       </c>
       <c r="L230" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="M230" t="s">
         <v>1103</v>
       </c>
       <c r="N230" t="s">
         <v>314</v>
       </c>
       <c r="O230" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="P230" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="B231" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C231" t="s">
         <v>18</v>
       </c>
       <c r="D231" t="s">
         <v>310</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
         <v>970</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231">
         <v>2013</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
         <v>23</v>
       </c>
       <c r="K231" t="s">
         <v>312</v>
       </c>
       <c r="L231" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="M231" t="s">
         <v>1103</v>
       </c>
       <c r="N231" t="s">
         <v>314</v>
       </c>
       <c r="O231" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="P231" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="B232" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="C232" t="s">
         <v>18</v>
       </c>
       <c r="D232" t="s">
         <v>242</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
         <v>970</v>
       </c>
       <c r="G232" t="s">
         <v>75</v>
       </c>
       <c r="H232">
         <v>2012</v>
       </c>
       <c r="I232">
         <v>2016</v>
       </c>
       <c r="J232" t="s">
         <v>51</v>
       </c>
       <c r="K232" t="s">
         <v>24</v>
       </c>
       <c r="L232" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="M232" t="s">
         <v>26</v>
       </c>
       <c r="N232" t="s">
         <v>34</v>
       </c>
       <c r="O232" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="P232" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B233" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="C233" t="s">
         <v>18</v>
       </c>
       <c r="D233" t="s">
         <v>214</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
         <v>970</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
         <v>2012</v>
       </c>
       <c r="I233"/>
       <c r="J233" t="s">
         <v>23</v>
       </c>
       <c r="K233" t="s">
         <v>24</v>
       </c>
       <c r="L233" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="M233" t="s">
         <v>1103</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="P233" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="B234" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="C234" t="s">
         <v>18</v>
       </c>
       <c r="D234" t="s">
         <v>332</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
         <v>970</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
         <v>2020</v>
       </c>
       <c r="I234"/>
       <c r="J234" t="s">
         <v>23</v>
       </c>
       <c r="K234" t="s">
         <v>24</v>
       </c>
       <c r="L234" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="M234" t="s">
         <v>1103</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="P234" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="B235" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C235" t="s">
         <v>18</v>
       </c>
       <c r="D235" t="s">
         <v>259</v>
       </c>
       <c r="E235" t="s">
         <v>20</v>
       </c>
       <c r="F235" t="s">
         <v>970</v>
       </c>
       <c r="G235" t="s">
         <v>75</v>
       </c>
       <c r="H235">
         <v>2003</v>
       </c>
       <c r="I235">
         <v>2013</v>
       </c>
       <c r="J235" t="s">
         <v>51</v>
       </c>
       <c r="K235" t="s">
         <v>24</v>
       </c>
       <c r="L235" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="M235" t="s">
         <v>26</v>
       </c>
       <c r="N235" t="s">
         <v>34</v>
       </c>
       <c r="O235" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="P235" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="B236" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="C236" t="s">
         <v>18</v>
       </c>
       <c r="D236" t="s">
         <v>624</v>
       </c>
       <c r="E236" t="s">
         <v>20</v>
       </c>
       <c r="F236" t="s">
         <v>970</v>
       </c>
       <c r="G236" t="s">
         <v>1013</v>
       </c>
       <c r="H236">
         <v>2000</v>
       </c>
       <c r="I236">
         <v>2012</v>
       </c>
       <c r="J236" t="s">
         <v>51</v>
       </c>
       <c r="K236" t="s">
         <v>24</v>
       </c>
       <c r="L236" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="M236" t="s">
         <v>26</v>
       </c>
       <c r="N236" t="s">
         <v>34</v>
       </c>
       <c r="O236" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="P236" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="B237" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="C237" t="s">
         <v>18</v>
       </c>
       <c r="D237" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
         <v>970</v>
       </c>
       <c r="G237" t="s">
         <v>75</v>
       </c>
       <c r="H237">
         <v>2003</v>
       </c>
       <c r="I237">
         <v>2013</v>
       </c>
       <c r="J237" t="s">
         <v>51</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
       <c r="L237" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="M237" t="s">
         <v>26</v>
       </c>
       <c r="N237" t="s">
         <v>34</v>
       </c>
       <c r="O237" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="P237" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B238" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C238" t="s">
         <v>18</v>
       </c>
       <c r="D238" t="s">
         <v>265</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>970</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2013</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
         <v>51</v>
       </c>
       <c r="K238" t="s">
         <v>24</v>
       </c>
       <c r="L238" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="M238" t="s">
         <v>26</v>
       </c>
       <c r="N238" t="s">
         <v>34</v>
       </c>
       <c r="O238" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="P238" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B239" t="s">
         <v>50</v>
       </c>
       <c r="C239" t="s">
         <v>18</v>
       </c>
       <c r="D239" t="s">
         <v>68</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>970</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2013</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
         <v>23</v>
       </c>
       <c r="K239" t="s">
         <v>24</v>
       </c>
       <c r="L239" t="s">
         <v>52</v>
       </c>
       <c r="M239" t="s">
         <v>1103</v>
       </c>
       <c r="N239" t="s">
         <v>34</v>
       </c>
       <c r="O239" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="P239" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B240" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="C240" t="s">
         <v>18</v>
       </c>
       <c r="D240" t="s">
         <v>172</v>
       </c>
       <c r="E240" t="s">
         <v>20</v>
       </c>
       <c r="F240" t="s">
         <v>970</v>
       </c>
       <c r="G240" t="s">
         <v>75</v>
       </c>
       <c r="H240">
         <v>2008</v>
       </c>
       <c r="I240">
         <v>2013</v>
       </c>
       <c r="J240" t="s">
         <v>51</v>
       </c>
       <c r="K240" t="s">
         <v>24</v>
       </c>
       <c r="L240" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="M240" t="s">
         <v>26</v>
       </c>
       <c r="N240" t="s">
         <v>34</v>
       </c>
       <c r="O240" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="P240" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B241" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="C241" t="s">
         <v>18</v>
       </c>
       <c r="D241" t="s">
         <v>63</v>
       </c>
       <c r="E241" t="s">
         <v>20</v>
       </c>
       <c r="F241" t="s">
         <v>970</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241">
         <v>2014</v>
       </c>
       <c r="I241"/>
       <c r="J241" t="s">
         <v>51</v>
       </c>
       <c r="K241" t="s">
         <v>24</v>
       </c>
       <c r="L241" t="s">
         <v>58</v>
       </c>
       <c r="M241" t="s">
         <v>1103</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="P241" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="B242" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="C242" t="s">
         <v>18</v>
       </c>
       <c r="D242" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="E242" t="s">
         <v>20</v>
       </c>
       <c r="F242" t="s">
         <v>970</v>
       </c>
       <c r="G242" t="s">
         <v>1077</v>
       </c>
       <c r="H242" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="I242">
         <v>2024</v>
       </c>
       <c r="J242" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="K242" t="s">
         <v>24</v>
       </c>
       <c r="L242"/>
       <c r="M242" t="s">
         <v>1103</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="P242" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="B243" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C243" t="s">
         <v>18</v>
       </c>
       <c r="D243" t="s">
         <v>57</v>
       </c>
       <c r="E243" t="s">
         <v>20</v>
       </c>
       <c r="F243" t="s">
         <v>970</v>
       </c>
       <c r="G243" t="s">
         <v>22</v>
       </c>
       <c r="H243">
         <v>2014</v>
       </c>
       <c r="I243"/>
       <c r="J243" t="s">
         <v>51</v>
       </c>
       <c r="K243" t="s">
         <v>24</v>
       </c>
       <c r="L243" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="M243" t="s">
         <v>1103</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="P243" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B244" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C244" t="s">
         <v>18</v>
       </c>
       <c r="D244" t="s">
         <v>259</v>
       </c>
       <c r="E244" t="s">
         <v>20</v>
       </c>
       <c r="F244" t="s">
         <v>970</v>
       </c>
       <c r="G244" t="s">
         <v>75</v>
       </c>
       <c r="H244">
         <v>2013</v>
       </c>
       <c r="I244">
         <v>2020</v>
       </c>
       <c r="J244" t="s">
         <v>51</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="M244" t="s">
         <v>26</v>
       </c>
       <c r="N244" t="s">
         <v>34</v>
       </c>
       <c r="O244" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="P244" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B245" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C245" t="s">
         <v>18</v>
       </c>
       <c r="D245" t="s">
         <v>288</v>
       </c>
       <c r="E245" t="s">
         <v>20</v>
       </c>
       <c r="F245" t="s">
         <v>970</v>
       </c>
       <c r="G245" t="s">
-        <v>22</v>
+        <v>1301</v>
       </c>
       <c r="H245">
+        <v>2014</v>
+      </c>
+      <c r="I245">
         <v>2015</v>
       </c>
-      <c r="I245"/>
       <c r="J245" t="s">
         <v>51</v>
       </c>
       <c r="K245" t="s">
         <v>160</v>
       </c>
       <c r="L245" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="M245" t="s">
         <v>26</v>
       </c>
       <c r="N245" t="s">
         <v>34</v>
       </c>
       <c r="O245" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="P245" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="B246" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="C246" t="s">
         <v>18</v>
       </c>
       <c r="D246" t="s">
         <v>310</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="F246" t="s">
         <v>970</v>
       </c>
       <c r="G246" t="s">
         <v>75</v>
       </c>
       <c r="H246">
         <v>2014</v>
       </c>
       <c r="I246">
         <v>2020</v>
       </c>
       <c r="J246" t="s">
         <v>51</v>
       </c>
       <c r="K246" t="s">
         <v>312</v>
       </c>
       <c r="L246" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="M246" t="s">
         <v>313</v>
       </c>
       <c r="N246" t="s">
         <v>314</v>
       </c>
       <c r="O246" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="P246" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="B247" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="C247" t="s">
         <v>18</v>
       </c>
       <c r="D247" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
         <v>970</v>
       </c>
       <c r="G247" t="s">
-        <v>75</v>
+        <v>996</v>
       </c>
       <c r="H247">
         <v>2008</v>
       </c>
       <c r="I247">
         <v>2015</v>
       </c>
       <c r="J247" t="s">
-        <v>51</v>
+        <v>1014</v>
       </c>
       <c r="K247" t="s">
         <v>160</v>
       </c>
       <c r="L247" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="M247" t="s">
         <v>26</v>
       </c>
       <c r="N247" t="s">
         <v>34</v>
       </c>
       <c r="O247" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="P247" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="B248" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C248" t="s">
         <v>18</v>
       </c>
       <c r="D248" t="s">
         <v>137</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
         <v>970</v>
       </c>
       <c r="G248" t="s">
         <v>75</v>
       </c>
       <c r="H248">
         <v>2008</v>
       </c>
       <c r="I248">
         <v>2015</v>
       </c>
       <c r="J248" t="s">
         <v>51</v>
       </c>
       <c r="K248" t="s">
         <v>24</v>
       </c>
       <c r="L248" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="M248" t="s">
         <v>26</v>
       </c>
       <c r="N248" t="s">
         <v>34</v>
       </c>
       <c r="O248" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="P248" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="B249" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="C249" t="s">
         <v>18</v>
       </c>
       <c r="D249" t="s">
         <v>527</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
         <v>970</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
         <v>2015</v>
       </c>
       <c r="I249"/>
       <c r="J249" t="s">
         <v>51</v>
       </c>
       <c r="K249" t="s">
         <v>24</v>
       </c>
       <c r="L249" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="M249" t="s">
         <v>26</v>
       </c>
       <c r="N249" t="s">
         <v>34</v>
       </c>
       <c r="O249" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="P249" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="B250" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C250" t="s">
         <v>18</v>
       </c>
       <c r="D250" t="s">
         <v>259</v>
       </c>
       <c r="E250" t="s">
         <v>20</v>
       </c>
       <c r="F250" t="s">
         <v>970</v>
       </c>
       <c r="G250" t="s">
         <v>75</v>
       </c>
       <c r="H250">
         <v>2005</v>
       </c>
       <c r="I250">
         <v>2015</v>
       </c>
       <c r="J250" t="s">
         <v>51</v>
       </c>
       <c r="K250" t="s">
         <v>24</v>
       </c>
       <c r="L250" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="M250" t="s">
         <v>26</v>
       </c>
       <c r="N250" t="s">
         <v>34</v>
       </c>
       <c r="O250" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="P250" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="B251" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="C251" t="s">
         <v>18</v>
       </c>
       <c r="D251" t="s">
         <v>97</v>
       </c>
       <c r="E251" t="s">
         <v>20</v>
       </c>
       <c r="F251" t="s">
         <v>970</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251">
         <v>2016</v>
       </c>
       <c r="I251"/>
       <c r="J251" t="s">
         <v>51</v>
       </c>
       <c r="K251" t="s">
         <v>24</v>
       </c>
       <c r="L251" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="M251" t="s">
         <v>1103</v>
       </c>
       <c r="N251" t="s">
         <v>34</v>
       </c>
       <c r="O251" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="P251" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="B252" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="C252" t="s">
         <v>18</v>
       </c>
       <c r="D252" t="s">
         <v>373</v>
       </c>
       <c r="E252" t="s">
         <v>330</v>
       </c>
       <c r="F252" t="s">
         <v>970</v>
       </c>
       <c r="G252" t="s">
         <v>75</v>
       </c>
       <c r="H252">
         <v>2005</v>
       </c>
       <c r="I252">
         <v>2016</v>
       </c>
       <c r="J252" t="s">
         <v>51</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
       <c r="L252" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="M252" t="s">
         <v>1103</v>
       </c>
       <c r="N252" t="s">
         <v>34</v>
       </c>
       <c r="O252" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="P252" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="B253" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="C253" t="s">
         <v>18</v>
       </c>
       <c r="D253" t="s">
         <v>373</v>
       </c>
       <c r="E253" t="s">
         <v>330</v>
       </c>
       <c r="F253" t="s">
         <v>970</v>
       </c>
       <c r="G253" t="s">
         <v>75</v>
       </c>
       <c r="H253">
         <v>2005</v>
       </c>
       <c r="I253">
         <v>2016</v>
       </c>
       <c r="J253" t="s">
         <v>51</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="M253" t="s">
         <v>1103</v>
       </c>
       <c r="N253" t="s">
         <v>34</v>
       </c>
       <c r="O253" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="P253" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="B254" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="C254" t="s">
         <v>18</v>
       </c>
       <c r="D254" t="s">
         <v>373</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>970</v>
       </c>
       <c r="G254" t="s">
         <v>75</v>
       </c>
       <c r="H254">
         <v>2005</v>
       </c>
       <c r="I254">
         <v>2016</v>
       </c>
       <c r="J254" t="s">
         <v>51</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="M254" t="s">
         <v>1103</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="P254" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="B255" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C255" t="s">
         <v>18</v>
       </c>
       <c r="D255" t="s">
         <v>121</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>970</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
         <v>2016</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
         <v>51</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="M255" t="s">
         <v>1103</v>
       </c>
       <c r="N255" t="s">
         <v>34</v>
       </c>
       <c r="O255" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="P255" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="B256" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="C256" t="s">
         <v>18</v>
       </c>
       <c r="D256" t="s">
         <v>373</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>970</v>
       </c>
       <c r="G256" t="s">
         <v>75</v>
       </c>
       <c r="H256">
         <v>2005</v>
       </c>
       <c r="I256">
         <v>2017</v>
       </c>
       <c r="J256" t="s">
         <v>51</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
       <c r="L256" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="M256" t="s">
         <v>1103</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="P256" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="B257" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="C257" t="s">
         <v>18</v>
       </c>
       <c r="D257" t="s">
         <v>332</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>970</v>
       </c>
       <c r="G257" t="s">
         <v>22</v>
       </c>
       <c r="H257">
         <v>2017</v>
       </c>
       <c r="I257"/>
       <c r="J257" t="s">
         <v>51</v>
       </c>
       <c r="K257" t="s">
         <v>24</v>
       </c>
       <c r="L257" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="M257" t="s">
         <v>1103</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="P257" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="B258" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="C258" t="s">
         <v>18</v>
       </c>
       <c r="D258" t="s">
         <v>871</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>970</v>
       </c>
       <c r="G258" t="s">
         <v>75</v>
       </c>
       <c r="H258">
         <v>2017</v>
       </c>
       <c r="I258">
         <v>2021</v>
       </c>
       <c r="J258" t="s">
         <v>76</v>
       </c>
       <c r="K258" t="s">
         <v>312</v>
       </c>
       <c r="L258" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="M258" t="s">
         <v>998</v>
       </c>
       <c r="N258" t="s">
         <v>314</v>
       </c>
       <c r="O258" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="P258" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="B259" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="C259" t="s">
         <v>18</v>
       </c>
       <c r="D259" t="s">
         <v>437</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>970</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2019</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
         <v>23</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="M259" t="s">
         <v>1103</v>
       </c>
       <c r="N259" t="s">
         <v>34</v>
       </c>
       <c r="O259" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="P259" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="B260" t="s">
         <v>102</v>
       </c>
       <c r="C260" t="s">
         <v>18</v>
       </c>
       <c r="D260" t="s">
         <v>103</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>970</v>
       </c>
       <c r="G260" t="s">
         <v>1013</v>
       </c>
       <c r="H260">
         <v>2018</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
         <v>1014</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
       <c r="L260" t="s">
         <v>104</v>
       </c>
       <c r="M260" t="s">
         <v>1103</v>
       </c>
       <c r="N260" t="s">
         <v>34</v>
       </c>
       <c r="O260" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="P260" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="B261" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="C261" t="s">
         <v>18</v>
       </c>
       <c r="D261" t="s">
         <v>103</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>970</v>
       </c>
       <c r="G261" t="s">
         <v>75</v>
       </c>
       <c r="H261">
         <v>2018</v>
       </c>
       <c r="I261">
         <v>2024</v>
       </c>
       <c r="J261" t="s">
         <v>1014</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="M261" t="s">
         <v>1025</v>
       </c>
       <c r="N261" t="s">
         <v>34</v>
       </c>
       <c r="O261" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="P261" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="B262" t="s">
         <v>126</v>
       </c>
       <c r="C262" t="s">
         <v>18</v>
       </c>
       <c r="D262" t="s">
         <v>45</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>970</v>
       </c>
       <c r="G262" t="s">
-        <v>22</v>
+        <v>1301</v>
       </c>
       <c r="H262">
         <v>2020</v>
       </c>
       <c r="I262"/>
       <c r="J262" t="s">
         <v>23</v>
       </c>
       <c r="K262" t="s">
         <v>24</v>
       </c>
       <c r="L262" t="s">
         <v>127</v>
       </c>
       <c r="M262" t="s">
         <v>1103</v>
       </c>
       <c r="N262" t="s">
         <v>34</v>
       </c>
       <c r="O262" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="P262" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="B263" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="C263" t="s">
         <v>18</v>
       </c>
       <c r="D263" t="s">
         <v>45</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>970</v>
       </c>
       <c r="G263" t="s">
         <v>8</v>
       </c>
       <c r="H263">
         <v>1989</v>
       </c>
       <c r="I263">
         <v>2025</v>
       </c>
       <c r="J263" t="s">
         <v>1004</v>
       </c>
       <c r="K263" t="s">
         <v>24</v>
       </c>
       <c r="L263" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="M263" t="s">
         <v>1025</v>
       </c>
       <c r="N263" t="s">
         <v>34</v>
       </c>
       <c r="O263" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="P263" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="B264" t="s">
         <v>38</v>
       </c>
       <c r="C264" t="s">
         <v>18</v>
       </c>
       <c r="D264" t="s">
         <v>39</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>970</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264">
         <v>2020</v>
       </c>
       <c r="I264"/>
       <c r="J264" t="s">
         <v>23</v>
       </c>
       <c r="K264" t="s">
         <v>24</v>
       </c>
       <c r="L264" t="s">
         <v>40</v>
       </c>
       <c r="M264" t="s">
         <v>1103</v>
       </c>
       <c r="N264" t="s">
         <v>34</v>
       </c>
       <c r="O264" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="P264" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="B265" t="s">
         <v>136</v>
       </c>
       <c r="C265" t="s">
         <v>18</v>
       </c>
       <c r="D265" t="s">
         <v>137</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>970</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265">
         <v>2020</v>
       </c>
       <c r="I265"/>
       <c r="J265" t="s">
         <v>23</v>
       </c>
       <c r="K265" t="s">
         <v>24</v>
       </c>
       <c r="L265" t="s">
         <v>138</v>
       </c>
       <c r="M265" t="s">
         <v>1103</v>
       </c>
       <c r="N265" t="s">
         <v>34</v>
       </c>
       <c r="O265" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="P265" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="B266" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="C266" t="s">
         <v>18</v>
       </c>
       <c r="D266" t="s">
         <v>373</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>970</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
         <v>2020</v>
       </c>
       <c r="I266"/>
       <c r="J266" t="s">
         <v>23</v>
       </c>
       <c r="K266" t="s">
         <v>24</v>
       </c>
       <c r="L266" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="M266" t="s">
         <v>1103</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="P266" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="B267" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="C267" t="s">
         <v>18</v>
       </c>
       <c r="D267" t="s">
         <v>103</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>970</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2020</v>
       </c>
       <c r="I267"/>
       <c r="J267" t="s">
         <v>23</v>
       </c>
       <c r="K267" t="s">
         <v>24</v>
       </c>
       <c r="L267" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="M267" t="s">
         <v>1103</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="P267" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="B268" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="C268" t="s">
         <v>18</v>
       </c>
       <c r="D268" t="s">
         <v>373</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>970</v>
       </c>
       <c r="G268" t="s">
         <v>22</v>
       </c>
       <c r="H268">
         <v>2020</v>
       </c>
       <c r="I268"/>
       <c r="J268" t="s">
         <v>23</v>
       </c>
       <c r="K268" t="s">
         <v>24</v>
       </c>
       <c r="L268" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="M268" t="s">
         <v>1103</v>
       </c>
       <c r="N268" t="s">
         <v>34</v>
       </c>
       <c r="O268" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="P268" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="B269" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="C269" t="s">
         <v>18</v>
       </c>
       <c r="D269" t="s">
         <v>927</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>970</v>
       </c>
       <c r="G269" t="s">
-        <v>22</v>
+        <v>1301</v>
       </c>
       <c r="H269">
         <v>2021</v>
       </c>
       <c r="I269"/>
       <c r="J269" t="s">
         <v>23</v>
       </c>
       <c r="K269" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="L269" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="M269" t="s">
         <v>1103</v>
       </c>
       <c r="N269" t="s">
         <v>929</v>
       </c>
       <c r="O269" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="P269" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="B270" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="C270" t="s">
         <v>18</v>
       </c>
       <c r="D270" t="s">
         <v>927</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>970</v>
       </c>
       <c r="G270" t="s">
         <v>8</v>
       </c>
       <c r="H270">
         <v>2019</v>
       </c>
       <c r="I270">
         <v>2025</v>
       </c>
       <c r="J270" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="K270" t="s">
         <v>24</v>
       </c>
       <c r="L270" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="M270" t="s">
         <v>1025</v>
       </c>
       <c r="N270" t="s">
         <v>929</v>
       </c>
       <c r="O270" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="P270" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="B271" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="C271" t="s">
         <v>18</v>
       </c>
       <c r="D271" t="s">
         <v>310</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>970</v>
       </c>
       <c r="G271" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="H271">
         <v>2019</v>
       </c>
       <c r="I271"/>
       <c r="J271" t="s">
         <v>1014</v>
       </c>
       <c r="K271" t="s">
         <v>312</v>
       </c>
       <c r="L271" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="M271" t="s">
         <v>1103</v>
       </c>
       <c r="N271" t="s">
         <v>314</v>
       </c>
       <c r="O271" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="P271" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="B272" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="C272" t="s">
         <v>18</v>
       </c>
       <c r="D272" t="s">
         <v>310</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>970</v>
       </c>
       <c r="G272" t="s">
         <v>8</v>
       </c>
       <c r="H272">
         <v>2019</v>
       </c>
       <c r="I272">
         <v>2025</v>
       </c>
       <c r="J272" t="s">
         <v>1014</v>
       </c>
       <c r="K272" t="s">
         <v>24</v>
       </c>
       <c r="L272"/>
       <c r="M272" t="s">
         <v>1025</v>
       </c>
       <c r="N272" t="s">
         <v>929</v>
       </c>
       <c r="O272" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="P272" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="B273" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="C273" t="s">
         <v>18</v>
       </c>
       <c r="D273" t="s">
         <v>366</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>970</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273">
         <v>2020</v>
       </c>
       <c r="I273"/>
       <c r="J273" t="s">
         <v>23</v>
       </c>
       <c r="K273" t="s">
         <v>24</v>
       </c>
       <c r="L273" t="s">
         <v>127</v>
       </c>
       <c r="M273" t="s">
         <v>1103</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="P273" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="B274" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="C274" t="s">
         <v>18</v>
       </c>
       <c r="D274" t="s">
         <v>132</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>970</v>
       </c>
       <c r="G274" t="s">
         <v>22</v>
       </c>
       <c r="H274">
         <v>2021</v>
       </c>
       <c r="I274"/>
       <c r="J274" t="s">
         <v>23</v>
       </c>
       <c r="K274" t="s">
         <v>24</v>
       </c>
       <c r="L274" t="s">
         <v>127</v>
       </c>
       <c r="M274" t="s">
         <v>1103</v>
       </c>
       <c r="N274" t="s">
         <v>34</v>
       </c>
       <c r="O274" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="P274" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="B275" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="C275" t="s">
         <v>18</v>
       </c>
       <c r="D275" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>970</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>2021</v>
       </c>
       <c r="I275"/>
       <c r="J275" t="s">
         <v>76</v>
       </c>
       <c r="K275" t="s">
         <v>24</v>
       </c>
       <c r="L275" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="M275" t="s">
         <v>998</v>
       </c>
       <c r="N275" t="s">
         <v>34</v>
       </c>
       <c r="O275" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="P275" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="B276" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="C276" t="s">
         <v>18</v>
       </c>
       <c r="D276" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>970</v>
       </c>
       <c r="G276" t="s">
         <v>1013</v>
       </c>
       <c r="H276">
         <v>2020</v>
       </c>
       <c r="I276"/>
       <c r="J276" t="s">
         <v>1014</v>
       </c>
       <c r="K276" t="s">
         <v>24</v>
       </c>
       <c r="L276" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="M276" t="s">
         <v>998</v>
       </c>
       <c r="N276" t="s">
         <v>34</v>
       </c>
       <c r="O276" t="s">
+        <v>1449</v>
+      </c>
+      <c r="P276" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1445</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="B277" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="C277" t="s">
-        <v>1117</v>
+        <v>18</v>
       </c>
       <c r="D277" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="E277" t="s">
         <v>330</v>
       </c>
       <c r="F277" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="G277" t="s">
-        <v>1077</v>
+        <v>8</v>
       </c>
       <c r="H277">
+        <v>2008</v>
+      </c>
+      <c r="I277">
         <v>2024</v>
       </c>
-      <c r="I277"/>
       <c r="J277" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="K277" t="s">
         <v>24</v>
       </c>
       <c r="L277"/>
       <c r="M277" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="N277" t="s">
         <v>929</v>
       </c>
       <c r="O277" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="P277" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="B278" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="C278" t="s">
         <v>18</v>
       </c>
       <c r="D278" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="E278" t="s">
         <v>330</v>
       </c>
       <c r="F278" t="s">
         <v>331</v>
       </c>
       <c r="G278" t="s">
         <v>22</v>
       </c>
       <c r="H278">
         <v>2018</v>
       </c>
       <c r="I278"/>
       <c r="J278" t="s">
         <v>76</v>
       </c>
       <c r="K278" t="s">
         <v>236</v>
       </c>
       <c r="L278" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="M278" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="N278" t="s">
         <v>34</v>
       </c>
       <c r="O278" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="P278" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="B279" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="C279" t="s">
         <v>18</v>
       </c>
       <c r="D279" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="E279" t="s">
         <v>330</v>
       </c>
       <c r="F279" t="s">
         <v>331</v>
       </c>
       <c r="G279" t="s">
         <v>22</v>
       </c>
       <c r="H279">
         <v>2021</v>
       </c>
       <c r="I279"/>
       <c r="J279" t="s">
         <v>76</v>
       </c>
       <c r="K279" t="s">
         <v>24</v>
       </c>
       <c r="L279" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="M279" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="N279" t="s">
         <v>34</v>
       </c>
       <c r="O279" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="P279" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="B280" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="C280" t="s">
-        <v>1117</v>
+        <v>18</v>
       </c>
       <c r="D280" t="s">
         <v>195</v>
       </c>
       <c r="E280" t="s">
         <v>330</v>
       </c>
       <c r="F280" t="s">
         <v>970</v>
       </c>
       <c r="G280" t="s">
         <v>1077</v>
       </c>
       <c r="H280">
         <v>2025</v>
       </c>
       <c r="I280"/>
       <c r="J280" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="K280" t="s">
         <v>24</v>
       </c>
       <c r="L280" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="M280" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="N280" t="s">
         <v>34</v>
       </c>
       <c r="O280" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="P280" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="B281" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="C281" t="s">
         <v>18</v>
       </c>
       <c r="D281" t="s">
         <v>618</v>
       </c>
       <c r="E281" t="s">
         <v>20</v>
       </c>
       <c r="F281" t="s">
         <v>970</v>
       </c>
       <c r="G281" t="s">
         <v>75</v>
       </c>
       <c r="H281">
         <v>2003</v>
       </c>
       <c r="I281">
         <v>2013</v>
       </c>
       <c r="J281" t="s">
         <v>51</v>
       </c>
       <c r="K281" t="s">
         <v>24</v>
       </c>
       <c r="L281" t="s">
         <v>719</v>
       </c>
       <c r="M281" t="s">
         <v>26</v>
       </c>
       <c r="N281" t="s">
         <v>34</v>
       </c>
       <c r="O281" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="P281" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="B282" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="C282" t="s">
         <v>18</v>
       </c>
       <c r="D282" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="E282" t="s">
         <v>20</v>
       </c>
       <c r="F282" t="s">
         <v>970</v>
       </c>
       <c r="G282" t="s">
         <v>8</v>
       </c>
       <c r="H282">
         <v>2014</v>
       </c>
       <c r="I282">
         <v>2025</v>
       </c>
       <c r="J282" t="s">
         <v>1014</v>
       </c>
       <c r="K282" t="s">
         <v>24</v>
       </c>
       <c r="L282"/>
       <c r="M282" t="s">
         <v>1025</v>
       </c>
       <c r="N282" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="O282" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="P282" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="B283" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="C283" t="s">
         <v>18</v>
       </c>
       <c r="D283" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="E283" t="s">
         <v>330</v>
       </c>
       <c r="F283" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="G283" t="s">
         <v>22</v>
       </c>
       <c r="H283">
         <v>2022</v>
       </c>
       <c r="I283"/>
       <c r="J283" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="K283" t="s">
         <v>236</v>
       </c>
       <c r="L283" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="M283" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="N283" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="O283" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="P283" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="B284" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="C284" t="s">
         <v>968</v>
       </c>
       <c r="D284" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="E284" t="s">
         <v>20</v>
       </c>
       <c r="F284" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="G284" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H284">
         <v>2021</v>
       </c>
       <c r="I284">
         <v>2024</v>
       </c>
       <c r="J284" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="K284" t="s">
         <v>24</v>
       </c>
       <c r="L284" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="M284" t="s">
         <v>972</v>
       </c>
       <c r="N284" t="s">
         <v>34</v>
       </c>
       <c r="O284" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="P284" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="B285" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="C285" t="s">
         <v>968</v>
       </c>
       <c r="D285" t="s">
         <v>253</v>
       </c>
       <c r="E285" t="s">
         <v>20</v>
       </c>
       <c r="F285" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="G285" t="s">
         <v>22</v>
       </c>
       <c r="H285">
         <v>2023</v>
       </c>
       <c r="I285">
         <v>2024</v>
       </c>
       <c r="J285" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="K285" t="s">
         <v>24</v>
       </c>
       <c r="L285" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="M285" t="s">
         <v>972</v>
       </c>
       <c r="N285" t="s">
         <v>34</v>
       </c>
       <c r="O285" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="P285" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="B286" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="C286" t="s">
         <v>968</v>
       </c>
       <c r="D286" t="s">
         <v>178</v>
       </c>
       <c r="E286" t="s">
         <v>20</v>
       </c>
       <c r="F286" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="G286" t="s">
         <v>22</v>
       </c>
       <c r="H286">
         <v>2024</v>
       </c>
       <c r="I286"/>
       <c r="J286" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="K286" t="s">
         <v>24</v>
       </c>
       <c r="L286" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="M286" t="s">
         <v>972</v>
       </c>
       <c r="N286" t="s">
         <v>34</v>
       </c>
       <c r="O286" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="P286" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="B287" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="C287" t="s">
         <v>968</v>
       </c>
       <c r="D287" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="G287" t="s">
         <v>22</v>
       </c>
       <c r="H287">
         <v>2023</v>
       </c>
       <c r="I287"/>
       <c r="J287" t="s">
         <v>971</v>
       </c>
       <c r="K287" t="s">
         <v>24</v>
       </c>
       <c r="L287" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="M287" t="s">
         <v>972</v>
       </c>
       <c r="N287" t="s">
         <v>34</v>
       </c>
       <c r="O287" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="P287" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="B288" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="C288" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="D288" t="s">
         <v>332</v>
       </c>
       <c r="E288" t="s">
         <v>20</v>
       </c>
       <c r="F288" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="G288" t="s">
         <v>22</v>
       </c>
       <c r="H288">
         <v>2024</v>
       </c>
       <c r="I288"/>
       <c r="J288" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="K288" t="s">
         <v>24</v>
       </c>
       <c r="L288" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="M288" t="s">
         <v>972</v>
       </c>
       <c r="N288" t="s">
         <v>34</v>
       </c>
       <c r="O288" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="P288" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="B289" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="C289" t="s">
         <v>968</v>
       </c>
       <c r="D289" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="G289" t="s">
         <v>22</v>
       </c>
       <c r="H289">
         <v>2021</v>
       </c>
       <c r="I289">
         <v>2024</v>
       </c>
       <c r="J289" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="K289" t="s">
         <v>24</v>
       </c>
       <c r="L289" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="M289" t="s">
         <v>972</v>
       </c>
       <c r="N289" t="s">
         <v>34</v>
       </c>
       <c r="O289" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="P289" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="B290" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="C290" t="s">
         <v>968</v>
       </c>
       <c r="D290" t="s">
         <v>202</v>
       </c>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="G290" t="s">
         <v>22</v>
       </c>
       <c r="H290">
         <v>2021</v>
       </c>
       <c r="I290">
         <v>2024</v>
       </c>
       <c r="J290" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="K290" t="s">
         <v>24</v>
       </c>
       <c r="L290" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="M290" t="s">
         <v>972</v>
       </c>
       <c r="N290" t="s">
         <v>34</v>
       </c>
       <c r="O290" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="P290" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="B291" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="C291" t="s">
         <v>968</v>
       </c>
       <c r="D291" t="s">
         <v>83</v>
       </c>
       <c r="E291" t="s">
         <v>20</v>
       </c>
       <c r="F291" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="G291" t="s">
         <v>22</v>
       </c>
       <c r="H291">
         <v>2021</v>
       </c>
       <c r="I291">
         <v>2024</v>
       </c>
       <c r="J291" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="K291" t="s">
         <v>24</v>
       </c>
       <c r="L291" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="M291" t="s">
         <v>972</v>
       </c>
       <c r="N291" t="s">
         <v>34</v>
       </c>
       <c r="O291" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="P291" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="B292" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="C292" t="s">
         <v>987</v>
       </c>
       <c r="D292" t="s">
         <v>988</v>
       </c>
       <c r="E292" t="s">
         <v>330</v>
       </c>
       <c r="F292" t="s">
         <v>970</v>
       </c>
       <c r="G292" t="s">
         <v>22</v>
       </c>
       <c r="H292">
         <v>2013</v>
       </c>
       <c r="I292"/>
       <c r="J292" t="s">
         <v>989</v>
       </c>
       <c r="K292" t="s">
         <v>24</v>
       </c>
       <c r="L292"/>
       <c r="M292" t="s">
         <v>991</v>
       </c>
       <c r="N292" t="s">
         <v>34</v>
       </c>
       <c r="O292" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="P292" t="s">
         <v>993</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="B293" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="C293" t="s">
         <v>968</v>
       </c>
       <c r="D293" t="s">
         <v>624</v>
       </c>
       <c r="E293" t="s">
         <v>20</v>
       </c>
       <c r="F293" t="s">
         <v>21</v>
       </c>
       <c r="G293" t="s">
         <v>22</v>
       </c>
       <c r="H293">
         <v>2002</v>
       </c>
       <c r="I293"/>
       <c r="J293" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="K293" t="s">
         <v>24</v>
       </c>
       <c r="L293"/>
       <c r="M293" t="s">
         <v>972</v>
       </c>
       <c r="N293" t="s">
         <v>34</v>
       </c>
       <c r="O293" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="P293" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="B294" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="C294" t="s">
         <v>968</v>
       </c>
       <c r="D294" t="s">
         <v>618</v>
       </c>
       <c r="E294" t="s">
         <v>20</v>
       </c>
       <c r="F294" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="G294" t="s">
         <v>75</v>
       </c>
       <c r="H294">
         <v>2007</v>
       </c>
       <c r="I294">
         <v>2013</v>
       </c>
       <c r="J294" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="K294" t="s">
         <v>24</v>
       </c>
       <c r="L294" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="M294" t="s">
         <v>972</v>
       </c>
       <c r="N294" t="s">
         <v>34</v>
       </c>
       <c r="O294" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="P294" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="B295" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="C295" t="s">
         <v>968</v>
       </c>
       <c r="D295" t="s">
         <v>618</v>
       </c>
       <c r="E295" t="s">
         <v>20</v>
       </c>
       <c r="F295" t="s">
         <v>21</v>
       </c>
       <c r="G295" t="s">
         <v>22</v>
       </c>
       <c r="H295">
         <v>2006</v>
       </c>
       <c r="I295"/>
       <c r="J295" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="K295" t="s">
         <v>24</v>
       </c>
       <c r="L295" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="M295" t="s">
         <v>972</v>
       </c>
       <c r="N295" t="s">
         <v>34</v>
       </c>
       <c r="O295" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="P295" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="B296" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="C296" t="s">
         <v>968</v>
       </c>
       <c r="D296" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="E296" t="s">
         <v>20</v>
       </c>
       <c r="F296" t="s">
         <v>21</v>
       </c>
       <c r="G296" t="s">
         <v>75</v>
       </c>
       <c r="H296">
         <v>2007</v>
       </c>
       <c r="I296">
         <v>2015</v>
       </c>
       <c r="J296" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="K296" t="s">
         <v>24</v>
       </c>
       <c r="L296" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="M296" t="s">
         <v>972</v>
       </c>
       <c r="N296" t="s">
         <v>34</v>
       </c>
       <c r="O296" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="P296" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="B297" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="C297" t="s">
         <v>968</v>
       </c>
       <c r="D297" t="s">
         <v>624</v>
       </c>
       <c r="E297" t="s">
         <v>20</v>
       </c>
       <c r="F297" t="s">
         <v>21</v>
       </c>
       <c r="G297" t="s">
         <v>22</v>
       </c>
       <c r="H297">
         <v>2007</v>
       </c>
       <c r="I297"/>
       <c r="J297" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="K297" t="s">
         <v>24</v>
       </c>
       <c r="L297" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="M297" t="s">
         <v>972</v>
       </c>
       <c r="N297" t="s">
         <v>34</v>
       </c>
       <c r="O297" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="P297" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="B298" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="C298" t="s">
         <v>968</v>
       </c>
       <c r="D298" t="s">
         <v>83</v>
       </c>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>21</v>
       </c>
       <c r="G298" t="s">
         <v>22</v>
       </c>
       <c r="H298">
         <v>2013</v>
       </c>
       <c r="I298"/>
       <c r="J298" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="K298" t="s">
         <v>24</v>
       </c>
       <c r="L298" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="M298" t="s">
         <v>972</v>
       </c>
       <c r="N298" t="s">
         <v>34</v>
       </c>
       <c r="O298" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="P298" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="B299" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="C299" t="s">
         <v>968</v>
       </c>
       <c r="D299" t="s">
         <v>220</v>
       </c>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="G299" t="s">
         <v>75</v>
       </c>
       <c r="H299">
         <v>1993</v>
       </c>
       <c r="I299">
         <v>2007</v>
       </c>
       <c r="J299" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="K299" t="s">
         <v>24</v>
       </c>
       <c r="L299" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="M299" t="s">
         <v>972</v>
       </c>
       <c r="N299" t="s">
         <v>34</v>
       </c>
       <c r="O299" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="P299" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="B300" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="C300" t="s">
         <v>968</v>
       </c>
       <c r="D300" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>21</v>
       </c>
       <c r="G300" t="s">
         <v>22</v>
       </c>
       <c r="H300">
         <v>2013</v>
       </c>
       <c r="I300"/>
       <c r="J300" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="K300" t="s">
         <v>24</v>
       </c>
       <c r="L300" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="M300" t="s">
         <v>972</v>
       </c>
       <c r="N300" t="s">
         <v>34</v>
       </c>
       <c r="O300" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="P300" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="B301" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="C301" t="s">
         <v>968</v>
       </c>
       <c r="D301" t="s">
         <v>253</v>
       </c>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>21</v>
       </c>
       <c r="G301" t="s">
         <v>22</v>
       </c>
       <c r="H301">
         <v>2013</v>
       </c>
       <c r="I301"/>
       <c r="J301" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="K301" t="s">
         <v>24</v>
       </c>
       <c r="L301" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="M301" t="s">
         <v>972</v>
       </c>
       <c r="N301" t="s">
         <v>34</v>
       </c>
       <c r="O301" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="P301" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="B302" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="C302" t="s">
         <v>18</v>
       </c>
       <c r="D302" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="E302" t="s">
         <v>330</v>
       </c>
       <c r="F302" t="s">
         <v>331</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
         <v>2017</v>
       </c>
       <c r="I302"/>
       <c r="J302" t="s">
         <v>311</v>
       </c>
       <c r="K302" t="s">
         <v>312</v>
       </c>
       <c r="L302"/>
       <c r="M302" t="s">
         <v>334</v>
       </c>
       <c r="N302" t="s">
         <v>314</v>
       </c>
       <c r="O302" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="P302" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">