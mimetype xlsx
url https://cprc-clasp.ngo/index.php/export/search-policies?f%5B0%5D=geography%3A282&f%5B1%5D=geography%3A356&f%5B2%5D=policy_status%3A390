--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="843">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="836">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2293,90 +2293,50 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
   </si>
   <si>
-    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
-[...38 lines deleted...]
-  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
@@ -2440,50 +2400,53 @@
     <t>Ventilation fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
     <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
   </si>
   <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
     <t>https://item.jd.com/10054560130198.html</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
     <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
   </si>
@@ -2569,50 +2532,53 @@
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
@@ -2952,51 +2918,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P160"/>
+  <dimension ref="A1:P159"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -9164,51 +9130,51 @@
       </c>
       <c r="P129" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
         <v>699</v>
       </c>
       <c r="B130" t="s">
         <v>104</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
         <v>45</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>606</v>
       </c>
       <c r="G130" t="s">
-        <v>22</v>
+        <v>670</v>
       </c>
       <c r="H130">
         <v>2020</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>23</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
         <v>105</v>
       </c>
       <c r="M130" t="s">
         <v>621</v>
       </c>
       <c r="N130" t="s">
         <v>34</v>
       </c>
       <c r="O130" t="s">
         <v>700</v>
       </c>
       <c r="P130" t="s">
         <v>701</v>
@@ -9680,980 +9646,934 @@
       </c>
       <c r="L140" t="s">
         <v>747</v>
       </c>
       <c r="M140" t="s">
         <v>748</v>
       </c>
       <c r="N140" t="s">
         <v>34</v>
       </c>
       <c r="O140" t="s">
         <v>749</v>
       </c>
       <c r="P140" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
         <v>751</v>
       </c>
       <c r="B141" t="s">
         <v>752</v>
       </c>
       <c r="C141" t="s">
+        <v>18</v>
+      </c>
+      <c r="D141" t="s">
         <v>753</v>
-      </c>
-[...1 lines deleted...]
-        <v>754</v>
       </c>
       <c r="E141" t="s">
         <v>189</v>
       </c>
       <c r="F141" t="s">
-        <v>755</v>
+        <v>190</v>
       </c>
       <c r="G141" t="s">
-        <v>607</v>
+        <v>22</v>
       </c>
       <c r="H141">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
+        <v>75</v>
+      </c>
+      <c r="K141" t="s">
+        <v>279</v>
+      </c>
+      <c r="L141" t="s">
+        <v>754</v>
+      </c>
+      <c r="M141" t="s">
+        <v>755</v>
+      </c>
+      <c r="N141" t="s">
+        <v>34</v>
+      </c>
+      <c r="O141" t="s">
         <v>756</v>
       </c>
-      <c r="K141" t="s">
-[...3 lines deleted...]
-      <c r="M141" t="s">
+      <c r="P141" t="s">
         <v>757</v>
-      </c>
-[...7 lines deleted...]
-        <v>759</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
+        <v>758</v>
+      </c>
+      <c r="B142" t="s">
+        <v>759</v>
+      </c>
+      <c r="C142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" t="s">
         <v>760</v>
-      </c>
-[...7 lines deleted...]
-        <v>762</v>
       </c>
       <c r="E142" t="s">
         <v>189</v>
       </c>
       <c r="F142" t="s">
         <v>190</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>75</v>
       </c>
       <c r="K142" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="L142" t="s">
+        <v>761</v>
+      </c>
+      <c r="M142" t="s">
+        <v>755</v>
+      </c>
+      <c r="N142" t="s">
+        <v>34</v>
+      </c>
+      <c r="O142" t="s">
+        <v>762</v>
+      </c>
+      <c r="P142" t="s">
         <v>763</v>
-      </c>
-[...10 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="B143" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="E143" t="s">
         <v>189</v>
       </c>
       <c r="F143" t="s">
-        <v>190</v>
+        <v>606</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>607</v>
       </c>
       <c r="H143">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>75</v>
+        <v>767</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143" t="s">
+        <v>768</v>
+      </c>
+      <c r="M143" t="s">
+        <v>769</v>
+      </c>
+      <c r="N143" t="s">
+        <v>34</v>
+      </c>
+      <c r="O143" t="s">
         <v>770</v>
       </c>
-      <c r="M143" t="s">
-[...5 lines deleted...]
-      <c r="O143" t="s">
+      <c r="P143" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
+        <v>772</v>
+      </c>
+      <c r="B144" t="s">
         <v>773</v>
       </c>
-      <c r="B144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" t="s">
-        <v>18</v>
+        <v>513</v>
       </c>
       <c r="D144" t="s">
-        <v>775</v>
+        <v>163</v>
       </c>
       <c r="E144" t="s">
         <v>189</v>
       </c>
       <c r="F144" t="s">
-        <v>606</v>
+        <v>190</v>
       </c>
       <c r="G144" t="s">
-        <v>607</v>
+        <v>22</v>
       </c>
       <c r="H144">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>776</v>
+        <v>585</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
-      <c r="L144" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L144"/>
       <c r="M144" t="s">
-        <v>778</v>
+        <v>516</v>
       </c>
       <c r="N144" t="s">
         <v>34</v>
       </c>
       <c r="O144" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="P144" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="B145" t="s">
-        <v>782</v>
+        <v>776</v>
       </c>
       <c r="C145" t="s">
         <v>513</v>
       </c>
       <c r="D145" t="s">
         <v>163</v>
       </c>
       <c r="E145" t="s">
         <v>189</v>
       </c>
       <c r="F145" t="s">
         <v>190</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2012</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>585</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
         <v>516</v>
       </c>
       <c r="N145" t="s">
         <v>34</v>
       </c>
       <c r="O145" t="s">
-        <v>783</v>
+        <v>777</v>
       </c>
       <c r="P145" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="B146" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="C146" t="s">
         <v>513</v>
       </c>
       <c r="D146" t="s">
-        <v>163</v>
+        <v>99</v>
       </c>
       <c r="E146" t="s">
         <v>189</v>
       </c>
       <c r="F146" t="s">
         <v>190</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2012</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
         <v>585</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
         <v>516</v>
       </c>
       <c r="N146" t="s">
         <v>34</v>
       </c>
       <c r="O146" t="s">
-        <v>786</v>
+        <v>779</v>
       </c>
       <c r="P146" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="B147" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="C147" t="s">
         <v>513</v>
       </c>
       <c r="D147" t="s">
-        <v>99</v>
+        <v>781</v>
       </c>
       <c r="E147" t="s">
         <v>189</v>
       </c>
       <c r="F147" t="s">
         <v>190</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>585</v>
+        <v>515</v>
       </c>
       <c r="K147" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
         <v>516</v>
       </c>
       <c r="N147" t="s">
         <v>34</v>
       </c>
       <c r="O147" t="s">
-        <v>788</v>
+        <v>782</v>
       </c>
       <c r="P147" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="B148" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="C148" t="s">
-        <v>513</v>
+        <v>18</v>
       </c>
       <c r="D148" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="E148" t="s">
         <v>189</v>
       </c>
       <c r="F148" t="s">
-        <v>190</v>
+        <v>787</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>515</v>
+        <v>788</v>
       </c>
       <c r="K148" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="L148"/>
+        <v>279</v>
+      </c>
+      <c r="L148" t="s">
+        <v>789</v>
+      </c>
       <c r="M148" t="s">
-        <v>516</v>
+        <v>790</v>
       </c>
       <c r="N148" t="s">
-        <v>34</v>
+        <v>791</v>
       </c>
       <c r="O148" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="P148" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B149" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C149" t="s">
-        <v>18</v>
+        <v>513</v>
       </c>
       <c r="D149" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="E149" t="s">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>755</v>
+        <v>606</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>796</v>
+        <v>515</v>
       </c>
       <c r="K149" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="L149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>516</v>
+      </c>
+      <c r="N149" t="s">
+        <v>34</v>
+      </c>
+      <c r="O149" t="s">
         <v>797</v>
       </c>
-      <c r="M149" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P149" t="s">
-        <v>801</v>
+        <v>588</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="B150" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="C150" t="s">
         <v>513</v>
       </c>
       <c r="D150" t="s">
-        <v>804</v>
+        <v>343</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>606</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
         <v>515</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
         <v>516</v>
       </c>
       <c r="N150" t="s">
         <v>34</v>
       </c>
       <c r="O150" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="P150" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
       <c r="B151" t="s">
-        <v>807</v>
+        <v>572</v>
       </c>
       <c r="C151" t="s">
         <v>513</v>
       </c>
       <c r="D151" t="s">
-        <v>343</v>
+        <v>573</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>606</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>2009</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
         <v>515</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
-      <c r="L151"/>
+      <c r="L151" t="s">
+        <v>575</v>
+      </c>
       <c r="M151" t="s">
         <v>516</v>
       </c>
       <c r="N151" t="s">
         <v>34</v>
       </c>
       <c r="O151" t="s">
-        <v>808</v>
+        <v>802</v>
       </c>
       <c r="P151" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>809</v>
+        <v>803</v>
       </c>
       <c r="B152" t="s">
-        <v>572</v>
+        <v>583</v>
       </c>
       <c r="C152" t="s">
         <v>513</v>
       </c>
       <c r="D152" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>606</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>2009</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
-        <v>515</v>
+        <v>585</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="M152" t="s">
         <v>516</v>
       </c>
       <c r="N152" t="s">
         <v>34</v>
       </c>
       <c r="O152" t="s">
-        <v>810</v>
+        <v>804</v>
       </c>
       <c r="P152" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>811</v>
+        <v>805</v>
       </c>
       <c r="B153" t="s">
-        <v>583</v>
+        <v>806</v>
       </c>
       <c r="C153" t="s">
         <v>513</v>
       </c>
       <c r="D153" t="s">
-        <v>584</v>
+        <v>266</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>606</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>585</v>
+        <v>515</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
-      <c r="L153" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L153"/>
       <c r="M153" t="s">
         <v>516</v>
       </c>
       <c r="N153" t="s">
         <v>34</v>
       </c>
       <c r="O153" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
       <c r="P153" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>813</v>
+        <v>808</v>
       </c>
       <c r="B154" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
       <c r="C154" t="s">
         <v>513</v>
       </c>
       <c r="D154" t="s">
-        <v>266</v>
+        <v>595</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>606</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>515</v>
+        <v>585</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
-      <c r="L154"/>
+      <c r="L154" t="s">
+        <v>596</v>
+      </c>
       <c r="M154" t="s">
         <v>516</v>
       </c>
       <c r="N154" t="s">
         <v>34</v>
       </c>
       <c r="O154" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
       <c r="P154" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>816</v>
+        <v>811</v>
       </c>
       <c r="B155" t="s">
-        <v>817</v>
+        <v>565</v>
       </c>
       <c r="C155" t="s">
         <v>513</v>
       </c>
       <c r="D155" t="s">
-        <v>595</v>
+        <v>87</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>606</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>585</v>
+        <v>515</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
-      <c r="L155" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L155"/>
       <c r="M155" t="s">
         <v>516</v>
       </c>
       <c r="N155" t="s">
         <v>34</v>
       </c>
       <c r="O155" t="s">
-        <v>818</v>
+        <v>812</v>
       </c>
       <c r="P155" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>819</v>
+        <v>813</v>
       </c>
       <c r="B156" t="s">
-        <v>565</v>
+        <v>814</v>
       </c>
       <c r="C156" t="s">
         <v>513</v>
       </c>
       <c r="D156" t="s">
-        <v>87</v>
+        <v>600</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>606</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
         <v>515</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
-      <c r="L156"/>
+      <c r="L156" t="s">
+        <v>601</v>
+      </c>
       <c r="M156" t="s">
         <v>516</v>
       </c>
       <c r="N156" t="s">
         <v>34</v>
       </c>
       <c r="O156" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
       <c r="P156" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>821</v>
+        <v>816</v>
       </c>
       <c r="B157" t="s">
-        <v>822</v>
+        <v>817</v>
       </c>
       <c r="C157" t="s">
-        <v>513</v>
+        <v>818</v>
       </c>
       <c r="D157" t="s">
-        <v>600</v>
+        <v>514</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
-        <v>606</v>
+        <v>819</v>
       </c>
       <c r="G157" t="s">
-        <v>22</v>
+        <v>607</v>
       </c>
       <c r="H157">
-        <v>2009</v>
+        <v>2024</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>515</v>
+        <v>820</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157" t="s">
-        <v>601</v>
+        <v>821</v>
       </c>
       <c r="M157" t="s">
-        <v>516</v>
+        <v>822</v>
       </c>
       <c r="N157" t="s">
         <v>34</v>
       </c>
       <c r="O157" t="s">
         <v>823</v>
       </c>
       <c r="P157" t="s">
-        <v>588</v>
+        <v>824</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B158" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C158" t="s">
-        <v>826</v>
+        <v>818</v>
       </c>
       <c r="D158" t="s">
-        <v>514</v>
+        <v>827</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="G158" t="s">
         <v>607</v>
       </c>
       <c r="H158">
         <v>2024</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158" t="s">
         <v>829</v>
       </c>
       <c r="M158" t="s">
+        <v>822</v>
+      </c>
+      <c r="N158" t="s">
+        <v>34</v>
+      </c>
+      <c r="O158" t="s">
         <v>830</v>
       </c>
-      <c r="N158" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P158" t="s">
-        <v>832</v>
+        <v>824</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
+        <v>831</v>
+      </c>
+      <c r="B159" t="s">
+        <v>832</v>
+      </c>
+      <c r="C159" t="s">
+        <v>18</v>
+      </c>
+      <c r="D159" t="s">
         <v>833</v>
       </c>
-      <c r="B159" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E159" t="s">
-        <v>20</v>
+        <v>189</v>
       </c>
       <c r="F159" t="s">
-        <v>835</v>
+        <v>190</v>
       </c>
       <c r="G159" t="s">
-        <v>607</v>
+        <v>22</v>
       </c>
       <c r="H159">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>828</v>
+        <v>170</v>
       </c>
       <c r="K159" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="L159"/>
       <c r="M159" t="s">
-        <v>830</v>
+        <v>193</v>
       </c>
       <c r="N159" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="O159" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="P159" t="s">
-        <v>832</v>
-[...45 lines deleted...]
-        <v>842</v>
+        <v>835</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">