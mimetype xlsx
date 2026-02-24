--- v0 (2025-10-13)
+++ v1 (2026-02-24)
@@ -12,488 +12,468 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
-    <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
+    <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
+  </si>
+  <si>
+    <t>Apply to shower heads</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
+    <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
+  </si>
+  <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
+    <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
+    <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
+  </si>
+  <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
+    <t>GB 28378-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
+    <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
+  </si>
+  <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
+    <t>GB 28379-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
+  </si>
+  <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
+    <t>GB/T 8464-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
+  </si>
+  <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
+    <t>GB 25501-2019; GB 18145-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
+    <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
+  </si>
+  <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
+    <t>Household Meters</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>CJ/T 133-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
+    <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
+  </si>
+  <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>GB 38383-2019</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
+    <t>CWL 02-2020 Intelligent toilets</t>
+  </si>
+  <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>QB/T 1224-2012</t>
-[...71 lines deleted...]
-    <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
+    <t>GB 38448</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
+  </si>
+  <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>Water Fixtures</t>
   </si>
   <si>
-    <t>GB34914-2021</t>
-[...49 lines deleted...]
-  <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
-    <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
+    <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
+  </si>
+  <si>
+    <t>This policy covers flush valves for water closets.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>June 2021</t>
-[...2 lines deleted...]
-    <t>GB/T 33733</t>
+    <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
-[...28 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
-    <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
-[...18 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
-    <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
-[...16 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
-    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
+  </si>
+  <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -757,1417 +737,1060 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="424.611" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="222.803" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-      <c r="I2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
-      </c>
-[...24 lines deleted...]
-        <v>23</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
-    </row>
-    <row r="4" spans="1:14">
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>33</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>35</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2021</v>
       </c>
-      <c r="H4"/>
-[...7 lines deleted...]
-      <c r="L4" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...22 lines deleted...]
-      <c r="F5" t="s">
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>44</v>
+      </c>
+      <c r="L7" t="s">
+        <v>45</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>47</v>
+      </c>
+      <c r="P7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2021</v>
       </c>
-      <c r="H5"/>
-[...128 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
         <v>43</v>
       </c>
       <c r="K8" t="s">
         <v>44</v>
       </c>
       <c r="L8" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="M8" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="N8" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>52</v>
+      </c>
+      <c r="P8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>42</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2021</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
         <v>43</v>
       </c>
       <c r="K9" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="L9" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="M9" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="N9" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>57</v>
+      </c>
+      <c r="P9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-      <c r="I10" t="s">
         <v>42</v>
       </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
         <v>43</v>
       </c>
       <c r="K10" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="L10" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="N10" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>62</v>
+      </c>
+      <c r="P10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-      <c r="I11" t="s">
         <v>42</v>
       </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
         <v>43</v>
       </c>
       <c r="K11" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="L11" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="N11" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>67</v>
+      </c>
+      <c r="P11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-      <c r="I12" t="s">
         <v>42</v>
       </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
         <v>43</v>
       </c>
       <c r="K12" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="L12" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="N12" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>72</v>
+      </c>
+      <c r="P12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-      <c r="I13" t="s">
         <v>42</v>
       </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
         <v>43</v>
       </c>
       <c r="K13" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="L13" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="N13" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>79</v>
+      </c>
+      <c r="P13" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="B14" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="C14" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F14" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
+        <v>43</v>
+      </c>
+      <c r="K14" t="s">
+        <v>77</v>
+      </c>
+      <c r="L14" t="s">
+        <v>84</v>
+      </c>
+      <c r="M14" t="s">
+        <v>46</v>
+      </c>
+      <c r="N14" t="s">
+        <v>85</v>
+      </c>
+      <c r="O14" t="s">
+        <v>86</v>
+      </c>
+      <c r="P14" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...28 lines deleted...]
-      <c r="F15" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>90</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>91</v>
+      </c>
+      <c r="M15" t="s">
+        <v>92</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>93</v>
+      </c>
+      <c r="P15" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>96</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>90</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>97</v>
+      </c>
+      <c r="M16" t="s">
+        <v>92</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>98</v>
+      </c>
+      <c r="P16" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B17" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G15">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>102</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2013</v>
       </c>
-      <c r="H15"/>
-      <c r="I15" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>43</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>103</v>
+      </c>
+      <c r="M17" t="s">
+        <v>104</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>105</v>
+      </c>
+      <c r="P17" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>83</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18" t="s">
+        <v>109</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>43</v>
+      </c>
+      <c r="K18" t="s">
+        <v>110</v>
+      </c>
+      <c r="L18" t="s">
+        <v>111</v>
+      </c>
+      <c r="M18" t="s">
+        <v>104</v>
+      </c>
+      <c r="N18" t="s">
+        <v>85</v>
+      </c>
+      <c r="O18" t="s">
+        <v>112</v>
+      </c>
+      <c r="P18" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>114</v>
+      </c>
+      <c r="B19" t="s">
+        <v>115</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G19" t="s">
+        <v>116</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>117</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>118</v>
+      </c>
+      <c r="M19" t="s">
+        <v>104</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>119</v>
+      </c>
+      <c r="P19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>121</v>
+      </c>
+      <c r="B20" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" t="s">
+        <v>41</v>
+      </c>
+      <c r="F20" t="s">
         <v>42</v>
       </c>
-      <c r="J15" t="s">
-[...205 lines deleted...]
-        <v>2010</v>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="N20" t="s">
-        <v>90</v>
-[...403 lines deleted...]
-      <c r="E30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
         <v>124</v>
       </c>
-      <c r="F30" t="s">
-[...6 lines deleted...]
-      <c r="I30" t="s">
+      <c r="P20" t="s">
         <v>125</v>
       </c>
-      <c r="J30" t="s">
-[...51 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>