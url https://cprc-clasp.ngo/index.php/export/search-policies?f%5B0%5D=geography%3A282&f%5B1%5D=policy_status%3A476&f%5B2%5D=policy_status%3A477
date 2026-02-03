--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -197,50 +197,74 @@
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
   <si>
     <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
   </si>
   <si>
     <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
     <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
   </si>
   <si>
     <t>Microwaves</t>
@@ -269,69 +293,153 @@
   <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
   </si>
   <si>
     <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
   </si>
   <si>
     <t>GB 29143</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
+    <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
     <t>This policy covers air cleaners.</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>GB/T 20290-2016; QB/T 1520-2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>New, To Be Superseded</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
@@ -680,72 +788,72 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P14"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="429.324" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1076,372 +1184,618 @@
       </c>
       <c r="P7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>61</v>
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="H8">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I8">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M8" t="s">
         <v>42</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>33</v>
       </c>
       <c r="H9">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I9">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="J9" t="s">
         <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M9" t="s">
         <v>42</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H10">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I10">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M10" t="s">
         <v>42</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="I11">
         <v>2012</v>
       </c>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K11" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="L11" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="M11" t="s">
         <v>42</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>47</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>2000</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
       <c r="J12" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M12" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H13">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
       <c r="J13" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M13" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="N13" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>99</v>
       </c>
       <c r="P13" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>101</v>
       </c>
       <c r="B14" t="s">
         <v>102</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>103</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
       <c r="J14" t="s">
         <v>34</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="L14" t="s">
         <v>104</v>
       </c>
       <c r="M14" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>105</v>
       </c>
       <c r="P14" t="s">
         <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>96</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>117</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>96</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" t="s">
+        <v>123</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>111</v>
+      </c>
+      <c r="N17" t="s">
+        <v>125</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>131</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>132</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>111</v>
+      </c>
+      <c r="N18" t="s">
+        <v>134</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>139</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">