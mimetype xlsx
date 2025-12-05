--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,401 +12,537 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
   </si>
   <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -670,1189 +806,1342 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="402.188" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2005</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2005</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...9 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>63</v>
+      </c>
+      <c r="F9" t="s">
+        <v>64</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>32</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>58</v>
+      </c>
+      <c r="M9" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>64</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...22 lines deleted...]
-      <c r="F4" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>66</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>64</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>75</v>
+      </c>
+      <c r="M11" t="s">
+        <v>66</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>64</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M12" t="s">
+        <v>66</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" t="s">
+        <v>64</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>89</v>
+      </c>
+      <c r="M13" t="s">
+        <v>66</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>90</v>
+      </c>
+      <c r="P13" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
         <v>2008</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I14">
+        <v>2010</v>
+      </c>
+      <c r="J14" t="s">
+        <v>32</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
+        <v>66</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" t="s">
+        <v>64</v>
+      </c>
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>99</v>
+      </c>
+      <c r="M15" t="s">
+        <v>66</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" t="s">
+        <v>64</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>32</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>103</v>
+      </c>
+      <c r="M16" t="s">
+        <v>66</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" t="s">
+        <v>63</v>
+      </c>
+      <c r="F17" t="s">
+        <v>64</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>32</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>108</v>
+      </c>
+      <c r="M17" t="s">
+        <v>66</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>109</v>
+      </c>
+      <c r="P17" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>111</v>
+      </c>
+      <c r="B18" t="s">
+        <v>112</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>38</v>
+      </c>
+      <c r="E18" t="s">
+        <v>63</v>
+      </c>
+      <c r="F18" t="s">
+        <v>64</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>113</v>
+      </c>
+      <c r="M18" t="s">
+        <v>66</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>114</v>
+      </c>
+      <c r="P18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>116</v>
+      </c>
+      <c r="B19" t="s">
+        <v>117</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="F19" t="s">
+        <v>118</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>1989</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
         <v>32</v>
       </c>
-      <c r="L4" t="s">
-[...49 lines deleted...]
-      <c r="N5" t="s">
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>46</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>119</v>
+      </c>
+      <c r="P19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>121</v>
+      </c>
+      <c r="B20" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
         <v>38</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F6" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>118</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
+        <v>2017</v>
+      </c>
+      <c r="J20" t="s">
+        <v>32</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>123</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>124</v>
+      </c>
+      <c r="P20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" t="s">
+        <v>93</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...29 lines deleted...]
-      <c r="C7" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>118</v>
+      </c>
+      <c r="G21" t="s">
         <v>44</v>
-      </c>
-[...622 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H21">
         <v>2008</v>
       </c>
-      <c r="I21" t="s">
-        <v>27</v>
+      <c r="I21">
+        <v>2008</v>
       </c>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="K21" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>52</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>127</v>
+      </c>
+      <c r="P21" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>129</v>
+      </c>
+      <c r="B22" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>118</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
         <v>23</v>
       </c>
-      <c r="M21" t="s">
-[...16 lines deleted...]
-      <c r="D22" t="s">
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>130</v>
+      </c>
+      <c r="M22" t="s">
+        <v>131</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>132</v>
+      </c>
+      <c r="P22" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>134</v>
+      </c>
+      <c r="B23" t="s">
+        <v>31</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>38</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>118</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>33</v>
+      </c>
+      <c r="M23" t="s">
+        <v>135</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>136</v>
+      </c>
+      <c r="P23" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" t="s">
         <v>17</v>
       </c>
-      <c r="E22" t="s">
-[...8 lines deleted...]
-      <c r="H22">
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>118</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2020</v>
       </c>
-      <c r="I22" t="s">
-[...85 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>25</v>
+      </c>
+      <c r="M24" t="s">
+        <v>135</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>139</v>
+      </c>
+      <c r="P24" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>141</v>
+      </c>
+      <c r="B25" t="s">
+        <v>142</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>143</v>
+      </c>
+      <c r="E25" t="s">
+        <v>63</v>
+      </c>
+      <c r="F25" t="s">
+        <v>64</v>
+      </c>
+      <c r="G25" t="s">
         <v>22</v>
       </c>
-      <c r="L24" t="s">
-[...28 lines deleted...]
-      <c r="G25">
+      <c r="H25">
         <v>2021</v>
       </c>
-      <c r="H25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>21</v>
+        <v>144</v>
       </c>
       <c r="K25" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>102</v>
+        <v>145</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="N25" t="s">
-        <v>103</v>
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>147</v>
+      </c>
+      <c r="P25" t="s">
+        <v>148</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>